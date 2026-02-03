--- v0 (2025-10-22)
+++ v1 (2026-02-03)
@@ -9,259 +9,258 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml" PartName="/xl/calcChain.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml" PartName="/xl/comments1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml" PartName="/xl/comments2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/xl/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" ?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"></Relationship><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"></Relationship><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"></Relationship><Relationship Target="docProps/custom.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Id="rId4"></Relationship></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="11012"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
+  <fileVersion appName="xl" lastEdited="6" lowestEdited="5" rupBuild="14420"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/alvaro/Downloads/Fwd Fwd Anexos para convocatoria de subvenciones/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\U814864\Documents\PLANTILLAS\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{45130808-D276-7D4D-86FA-ABF654B1F260}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="8620" yWindow="500" windowWidth="40820" windowHeight="24320" activeTab="3" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="8625" yWindow="210" windowWidth="10245" windowHeight="11160"/>
   </bookViews>
   <sheets>
     <sheet name="Relación de gastos" sheetId="4" r:id="rId1"/>
     <sheet name="Relación de ingresos" sheetId="5" r:id="rId2"/>
     <sheet name="BALANCE" sheetId="7" r:id="rId3"/>
     <sheet name="PD" sheetId="8" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="2">BALANCE!$A$1:$J$26</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Relación de gastos'!$A$1:$O$71</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'Relación de ingresos'!$A$1:$G$44</definedName>
   </definedNames>
-  <calcPr calcId="181029"/>
+  <calcPr calcId="152511"/>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="N43" i="4" l="1"/>
   <c r="H15" i="7"/>
-  <c r="I14" i="7"/>
-[...1 lines deleted...]
-  <c r="I13" i="7"/>
   <c r="F30" i="5"/>
+  <c r="I13" i="7" s="1"/>
+  <c r="J13" i="7" s="1"/>
   <c r="F11" i="5"/>
   <c r="F12" i="5"/>
-  <c r="I9" i="7" s="1"/>
   <c r="F17" i="5"/>
-  <c r="I10" i="7" s="1"/>
-[...1 lines deleted...]
-  <c r="J13" i="7"/>
+  <c r="I10" i="7"/>
+  <c r="J10" i="7"/>
+  <c r="I11" i="7"/>
+  <c r="J11" i="7"/>
+  <c r="I12" i="7"/>
+  <c r="J12" i="7"/>
   <c r="A61" i="4"/>
   <c r="C5" i="5"/>
   <c r="L14" i="4"/>
   <c r="L15" i="4"/>
-  <c r="M15" i="4" s="1"/>
   <c r="L13" i="4"/>
   <c r="M13" i="4" s="1"/>
   <c r="M16" i="4" s="1"/>
   <c r="L19" i="4"/>
-  <c r="M19" i="4" s="1"/>
   <c r="L20" i="4"/>
   <c r="L18" i="4"/>
   <c r="L24" i="4"/>
   <c r="M24" i="4" s="1"/>
   <c r="L25" i="4"/>
   <c r="M25" i="4" s="1"/>
   <c r="L23" i="4"/>
+  <c r="M23" i="4" s="1"/>
   <c r="L29" i="4"/>
+  <c r="M29" i="4" s="1"/>
   <c r="L30" i="4"/>
+  <c r="M30" i="4" s="1"/>
   <c r="L28" i="4"/>
   <c r="M28" i="4" s="1"/>
   <c r="M31" i="4" s="1"/>
   <c r="D12" i="7" s="1"/>
   <c r="E12" i="7" s="1"/>
   <c r="L34" i="4"/>
+  <c r="M34" i="4" s="1"/>
   <c r="L35" i="4"/>
   <c r="M35" i="4" s="1"/>
   <c r="L33" i="4"/>
   <c r="M33" i="4" s="1"/>
   <c r="M36" i="4" s="1"/>
   <c r="D13" i="7" s="1"/>
   <c r="E13" i="7" s="1"/>
   <c r="L38" i="4"/>
-  <c r="M38" i="4" s="1"/>
-[...2 lines deleted...]
-  <c r="E14" i="7" s="1"/>
   <c r="L39" i="4"/>
   <c r="L40" i="4"/>
+  <c r="M40" i="4" s="1"/>
   <c r="L58" i="4"/>
   <c r="M58" i="4" s="1"/>
   <c r="L59" i="4"/>
-  <c r="M59" i="4" s="1"/>
   <c r="L57" i="4"/>
   <c r="L53" i="4"/>
   <c r="L54" i="4"/>
-  <c r="M54" i="4" s="1"/>
   <c r="L52" i="4"/>
-  <c r="M52" i="4" s="1"/>
-[...2 lines deleted...]
-  <c r="E16" i="7" s="1"/>
   <c r="L48" i="4"/>
   <c r="L49" i="4"/>
   <c r="L47" i="4"/>
   <c r="M47" i="4"/>
-  <c r="M50" i="4" s="1"/>
+  <c r="M59" i="4"/>
   <c r="M57" i="4"/>
   <c r="M53" i="4"/>
+  <c r="M54" i="4"/>
+  <c r="M52" i="4"/>
+  <c r="M55" i="4" s="1"/>
+  <c r="D16" i="7" s="1"/>
+  <c r="E16" i="7" s="1"/>
   <c r="M48" i="4"/>
+  <c r="M50" i="4" s="1"/>
   <c r="M49" i="4"/>
   <c r="M39" i="4"/>
-  <c r="M40" i="4"/>
-[...3 lines deleted...]
-  <c r="M23" i="4"/>
+  <c r="M38" i="4"/>
+  <c r="M19" i="4"/>
   <c r="M20" i="4"/>
   <c r="M18" i="4"/>
   <c r="M21" i="4" s="1"/>
   <c r="D10" i="7" s="1"/>
   <c r="E10" i="7" s="1"/>
   <c r="M14" i="4"/>
+  <c r="M15" i="4"/>
   <c r="J4" i="7"/>
   <c r="C5" i="7"/>
   <c r="C4" i="7"/>
   <c r="G4" i="5"/>
   <c r="C4" i="5"/>
   <c r="J6" i="7"/>
   <c r="F22" i="5"/>
-  <c r="I11" i="7" s="1"/>
-  <c r="J11" i="7" s="1"/>
   <c r="F27" i="5"/>
-  <c r="I12" i="7" s="1"/>
-  <c r="J12" i="7" s="1"/>
   <c r="F35" i="5"/>
+  <c r="I14" i="7" s="1"/>
+  <c r="J14" i="7" s="1"/>
   <c r="G6" i="5"/>
   <c r="C18" i="7"/>
   <c r="F36" i="5"/>
+  <c r="I9" i="7"/>
   <c r="I15" i="7" l="1"/>
-  <c r="J9" i="7"/>
-  <c r="J15" i="7" s="1"/>
+  <c r="D9" i="7"/>
+  <c r="M41" i="4"/>
+  <c r="D14" i="7" s="1"/>
+  <c r="E14" i="7" s="1"/>
+  <c r="D15" i="7"/>
+  <c r="E15" i="7" s="1"/>
   <c r="M60" i="4"/>
   <c r="D17" i="7" s="1"/>
   <c r="E17" i="7" s="1"/>
-  <c r="D15" i="7"/>
-[...2 lines deleted...]
-  <c r="D9" i="7"/>
   <c r="M26" i="4"/>
   <c r="D11" i="7" s="1"/>
   <c r="E11" i="7" s="1"/>
-  <c r="E9" i="7" l="1"/>
+  <c r="J9" i="7"/>
+  <c r="J15" i="7" s="1"/>
+  <c r="M8" i="4" l="1"/>
+  <c r="M42" i="4"/>
+  <c r="E9" i="7"/>
   <c r="E18" i="7" s="1"/>
   <c r="D18" i="7"/>
   <c r="F17" i="7" s="1"/>
   <c r="M61" i="4"/>
   <c r="E6" i="4" s="1"/>
-  <c r="M42" i="4"/>
-[...1 lines deleted...]
-  <c r="C6" i="5"/>
+  <c r="C6" i="5" l="1"/>
+  <c r="C6" i="7"/>
 </calcChain>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
-<comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
+<comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <authors>
     <author>U18283</author>
   </authors>
   <commentList>
-    <comment ref="M42" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-000001000000}">
+    <comment ref="M42" authorId="0" shapeId="0">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">En cas de superar el 8% establit aquesta casella es tornarà roja / </t>
         </r>
         <r>
           <rPr>
             <b/>
             <i/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>En caso de superar el 8% establecido esta casilla se volverá roja</t>
         </r>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 </t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/comments2.xml><?xml version="1.0" encoding="utf-8"?>
-<comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
+<comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <authors>
     <author>U18283</author>
   </authors>
   <commentList>
-    <comment ref="F17" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0200-000001000000}">
+    <comment ref="F17" authorId="0" shapeId="0">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">En cas de superàvit aquesta casella es tornarà roja / </t>
         </r>
         <r>
           <rPr>
             <b/>
             <i/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>En caso de superávit esta casilla se volverá roja</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
@@ -2285,267 +2284,267 @@
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>NOMBRE del proyecto:</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Data d'emissió (dd.mm.aaaa)
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="10"/>
         <color theme="0"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Fecha de emisión (dd.mm.aaaa)</t>
     </r>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">Comentaris/ Observacions
+      <t>DESPESES INDIRECTES</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>(NO directament vinculades al desenvolupament de l'activitat esportiva i/o NO indispensables per a la seua adequada preparació o execució).El seu import agregat no excedirà el 8 % de la subvenció concedida, en els termes de l'article 27.7 de la OGSAV</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="12"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>GASTOS INDIRECTOS</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>(NO directamente vinculados al desarrollo de la actividad deportiva y/o NO indispensables para su adecuada preparación o ejecución). Su importe sumado no excederá del 8 % de la subvención concedida, en los términos del artículo 27.7 de la OGSAV</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="15"/>
+        <color indexed="8"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">ANNEX 6_FASE JUSTIFICATIVA. </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="15"/>
+        <color indexed="8"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">RELACIÓ CLASSIFICADA D'INGRESSOS I DESPESES I LIQUIDACIÓ FINAL
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="15"/>
+        <color indexed="8"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>ANEXO 6_FASE JUSTIFICATIVA.</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="15"/>
+        <color indexed="8"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> RELACIÓN CLASIFICADA DE INGRESOS Y GASTOS Y LIQUIDACIÓN FINAL </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="14"/>
+        <color indexed="8"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>ANNEX 6.</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="14"/>
+        <color indexed="8"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> RELACIÓ CLASSIFICADA D'INGRESSOS I DESPESES I LIQUIDACIÓ FINAL
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="14"/>
+        <color indexed="8"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>ANEXO 6.</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="14"/>
+        <color indexed="8"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> RELACIÓN CLASIFICADA DE INGRESOS Y GASTOS Y LIQUIDACIÓN FINAL </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11.5"/>
+        <color indexed="8"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">ANNEX 6_FASE JUSTIFICATIVA. </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11.5"/>
+        <color indexed="8"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">RELACIÓ CLASSIFICADA D'INGRESSOS I DESPESES I LIQUIDACIÓ FINAL
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11.5"/>
+        <color indexed="8"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>ANEXO 6_FASE JUSTIFICATIVA.</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11.5"/>
+        <color indexed="8"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> RELACIÓN CLASIFICADA DE INGRESOS Y GASTOS Y LIQUIDACIÓN FINAL </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Comentaris / Observacions
+Comentarios / </t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="9"/>
         <color theme="0"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>Comentarios/ Observaciones</t>
-[...190 lines deleted...]
-      <t xml:space="preserve"> RELACIÓN CLASIFICADA DE INGRESOS Y GASTOS Y LIQUIDACIÓN FINAL </t>
+      <t>Observaciones</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="3">
     <numFmt numFmtId="7" formatCode="#,##0.00\ &quot;€&quot;;\-#,##0.00\ &quot;€&quot;"/>
     <numFmt numFmtId="44" formatCode="_-* #,##0.00\ &quot;€&quot;_-;\-* #,##0.00\ &quot;€&quot;_-;_-* &quot;-&quot;??\ &quot;€&quot;_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;€&quot;"/>
   </numFmts>
-  <fonts count="85">
+  <fonts count="85" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <color indexed="81"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color indexed="81"/>
       <name val="Tahoma"/>
@@ -4203,51 +4202,51 @@
       <top style="dotted">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="dotted">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="hair">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="303">
+  <cellXfs count="304">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="66" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="14" fillId="0" borderId="35" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="25" fillId="8" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="33" fillId="9" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="38" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
@@ -4727,503 +4726,506 @@
     </xf>
     <xf numFmtId="164" fontId="14" fillId="0" borderId="41" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="14" fillId="0" borderId="43" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="16" fillId="0" borderId="42" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="38" fillId="7" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="38" fillId="7" borderId="46" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="14" fillId="0" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="14" fillId="7" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="16" fillId="7" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="15" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="56" fillId="13" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="56" fillId="13" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="46" fillId="8" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="46" fillId="8" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="46" fillId="8" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="5" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="5" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="9" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="9" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="39" fillId="4" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="39" fillId="4" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="39" fillId="4" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="5" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="5" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="12" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="12" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="12" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="12" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="5" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="67" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="164" fontId="23" fillId="7" borderId="67" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...5 lines deleted...]
-    <xf numFmtId="164" fontId="23" fillId="7" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="27" fillId="5" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="5" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="5" borderId="54" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="5" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="5" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="5" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="8" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="8" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="8" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="5" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="5" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="5" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="65" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="12" borderId="51" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="12" borderId="52" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="12" borderId="50" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="65" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="7"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="5" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="5" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="5" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="5" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="5" borderId="54" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="12" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="12" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="9" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="5" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="5" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="5" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="12" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="12" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="11" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="11" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="11" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="23" fillId="7" borderId="67" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="23" fillId="7" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="23" fillId="7" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="54" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="68" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="5" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="5" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="5" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="5" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="27" fillId="5" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="29" fillId="5" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="5" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="8" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="8" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="8" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="8" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="54" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="5" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="5" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="5" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="27" fillId="5" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="28" fillId="5" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="5" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...88 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="right" vertical="center" wrapText="1"/>
+      <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="right" vertical="center" wrapText="1"/>
+      <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="right" vertical="center" wrapText="1"/>
-[...98 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="82" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="2" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="7" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="7" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="7" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="7" fontId="15" fillId="7" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="7" fontId="15" fillId="7" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...136 lines deleted...]
-      <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="71" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="74" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="33" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="71" fillId="0" borderId="55" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="73" fillId="0" borderId="55" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="65" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="46" fillId="7" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="46" fillId="7" borderId="38" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="46" fillId="7" borderId="54" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="46" fillId="7" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="46" fillId="7" borderId="46" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="46" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="46" fillId="0" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="75" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="63" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="63" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="63" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="63" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="63" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="73" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="74" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="70" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="5" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="5" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="73" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="74" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="65" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Moneda" xfId="1" builtinId="4"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Porcentaje" xfId="2" builtinId="5"/>
   </cellStyles>
   <dxfs count="3">
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
@@ -5275,272 +5277,242 @@
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>12212</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>48848</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
       <xdr:colOff>674536</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>698309</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="4" name="3 Imagen">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="4" name="3 Imagen"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="12212" y="48848"/>
           <a:ext cx="3384000" cy="649461"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>48847</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>61059</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
       <xdr:colOff>123520</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>710061</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="1 Imagen">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="2" name="1 Imagen"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="48847" y="61059"/>
           <a:ext cx="3384000" cy="649002"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>104384</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>78288</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>3149137</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>721621</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="1 Imagen">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="2" name="1 Imagen"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="104384" y="78288"/>
           <a:ext cx="3384000" cy="643333"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>960418</xdr:colOff>
       <xdr:row>20</xdr:row>
       <xdr:rowOff>153140</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1893108</xdr:colOff>
       <xdr:row>23</xdr:row>
       <xdr:rowOff>144723</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="2 Imagen">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="3" name="2 Imagen"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="1277918" y="10818254"/>
           <a:ext cx="932690" cy="857492"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>11</xdr:col>
       <xdr:colOff>743630</xdr:colOff>
       <xdr:row>33</xdr:row>
       <xdr:rowOff>126106</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="1 Imagen">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="2" name="1 Imagen"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill rotWithShape="1">
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:srcRect l="17056" t="12031" r="17764" b="5108"/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="9125630" cy="6412606"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -5597,119 +5569,85 @@
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -5857,2899 +5795,2898 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:N71"/>
   <sheetViews>
-    <sheetView view="pageBreakPreview" topLeftCell="B46" zoomScale="70" zoomScaleNormal="73" zoomScaleSheetLayoutView="70" zoomScalePageLayoutView="89" workbookViewId="0">
-      <selection activeCell="K14" sqref="K14"/>
+    <sheetView tabSelected="1" view="pageBreakPreview" zoomScale="98" zoomScaleNormal="73" zoomScaleSheetLayoutView="98" zoomScalePageLayoutView="89" workbookViewId="0">
+      <selection activeCell="N9" sqref="N9"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.5" defaultRowHeight="11"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="9.33203125" style="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="13.5" style="1" customWidth="1"/>
+    <col min="1" max="1" width="9.28515625" style="1" customWidth="1"/>
+    <col min="2" max="2" width="31.42578125" style="1" customWidth="1"/>
+    <col min="3" max="3" width="16.7109375" style="1" customWidth="1"/>
+    <col min="4" max="4" width="13.42578125" style="1" customWidth="1"/>
     <col min="5" max="5" width="43" style="1" customWidth="1"/>
-    <col min="6" max="6" width="13.83203125" style="1" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="15" max="16384" width="11.5" style="1"/>
+    <col min="6" max="6" width="13.85546875" style="1" customWidth="1"/>
+    <col min="7" max="7" width="28.28515625" style="50" customWidth="1"/>
+    <col min="8" max="8" width="12.5703125" style="50" customWidth="1"/>
+    <col min="9" max="9" width="14.42578125" style="50" customWidth="1"/>
+    <col min="10" max="10" width="12.140625" style="50" customWidth="1"/>
+    <col min="11" max="11" width="9.140625" style="50" customWidth="1"/>
+    <col min="12" max="12" width="12.85546875" style="50" customWidth="1"/>
+    <col min="13" max="13" width="13.85546875" style="50" customWidth="1"/>
+    <col min="14" max="14" width="25.42578125" style="50" customWidth="1"/>
+    <col min="15" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14" ht="61.5" customHeight="1">
-[...14 lines deleted...]
-      <c r="A2" s="209" t="s">
+    <row r="1" spans="1:14" ht="61.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E1" s="222" t="s">
+        <v>123</v>
+      </c>
+      <c r="F1" s="222"/>
+      <c r="G1" s="222"/>
+      <c r="H1" s="222"/>
+      <c r="I1" s="222"/>
+      <c r="J1" s="222"/>
+      <c r="K1" s="222"/>
+      <c r="L1" s="222"/>
+      <c r="M1" s="222"/>
+      <c r="N1" s="222"/>
+    </row>
+    <row r="2" spans="1:14" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="178" t="s">
         <v>107</v>
       </c>
-      <c r="B2" s="209"/>
-[...30 lines deleted...]
-      <c r="A4" s="179" t="s">
+      <c r="B2" s="178"/>
+      <c r="C2" s="178"/>
+      <c r="D2" s="178"/>
+      <c r="E2" s="178"/>
+      <c r="F2" s="178"/>
+      <c r="G2" s="178"/>
+      <c r="H2" s="178"/>
+      <c r="I2" s="178"/>
+      <c r="J2" s="178"/>
+      <c r="K2" s="178"/>
+      <c r="L2" s="178"/>
+      <c r="M2" s="178"/>
+      <c r="N2" s="178"/>
+    </row>
+    <row r="3" spans="1:14" ht="6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="179"/>
+      <c r="B3" s="179"/>
+      <c r="C3" s="179"/>
+      <c r="D3" s="179"/>
+      <c r="E3" s="179"/>
+      <c r="F3" s="179"/>
+      <c r="G3" s="179"/>
+      <c r="H3" s="179"/>
+      <c r="I3" s="179"/>
+      <c r="J3" s="179"/>
+      <c r="K3" s="179"/>
+      <c r="L3" s="179"/>
+      <c r="M3" s="179"/>
+      <c r="N3" s="179"/>
+    </row>
+    <row r="4" spans="1:14" ht="30.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="195" t="s">
         <v>23</v>
       </c>
-      <c r="B4" s="180"/>
-[...2 lines deleted...]
-      <c r="E4" s="154" t="s">
+      <c r="B4" s="196"/>
+      <c r="C4" s="196"/>
+      <c r="D4" s="196"/>
+      <c r="E4" s="180" t="s">
         <v>4</v>
       </c>
-      <c r="F4" s="155"/>
-[...2 lines deleted...]
-      <c r="I4" s="179" t="s">
+      <c r="F4" s="181"/>
+      <c r="G4" s="181"/>
+      <c r="H4" s="182"/>
+      <c r="I4" s="195" t="s">
         <v>24</v>
       </c>
-      <c r="J4" s="180"/>
-[...2 lines deleted...]
-      <c r="M4" s="219"/>
+      <c r="J4" s="196"/>
+      <c r="K4" s="196"/>
+      <c r="L4" s="196"/>
+      <c r="M4" s="197"/>
       <c r="N4" s="2" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="5" spans="1:14" ht="31.5" customHeight="1" thickBot="1">
-      <c r="A5" s="224" t="s">
+    <row r="5" spans="1:14" ht="31.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="201" t="s">
         <v>120</v>
       </c>
-      <c r="B5" s="225"/>
-[...2 lines deleted...]
-      <c r="E5" s="154" t="s">
+      <c r="B5" s="202"/>
+      <c r="C5" s="202"/>
+      <c r="D5" s="203"/>
+      <c r="E5" s="180" t="s">
         <v>4</v>
       </c>
-      <c r="F5" s="155"/>
-[...10 lines deleted...]
-      <c r="A6" s="179" t="s">
+      <c r="F5" s="181"/>
+      <c r="G5" s="181"/>
+      <c r="H5" s="181"/>
+      <c r="I5" s="181"/>
+      <c r="J5" s="181"/>
+      <c r="K5" s="181"/>
+      <c r="L5" s="181"/>
+      <c r="M5" s="181"/>
+      <c r="N5" s="182"/>
+    </row>
+    <row r="6" spans="1:14" ht="27.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="195" t="s">
         <v>25</v>
       </c>
-      <c r="B6" s="180"/>
-[...2 lines deleted...]
-      <c r="E6" s="157">
+      <c r="B6" s="196"/>
+      <c r="C6" s="196"/>
+      <c r="D6" s="197"/>
+      <c r="E6" s="223">
         <f>M61</f>
         <v>0</v>
       </c>
-      <c r="F6" s="158"/>
-[...2 lines deleted...]
-      <c r="I6" s="164" t="s">
+      <c r="F6" s="224"/>
+      <c r="G6" s="224"/>
+      <c r="H6" s="225"/>
+      <c r="I6" s="227" t="s">
         <v>26</v>
       </c>
-      <c r="J6" s="165"/>
-[...2 lines deleted...]
-      <c r="M6" s="166"/>
+      <c r="J6" s="228"/>
+      <c r="K6" s="228"/>
+      <c r="L6" s="228"/>
+      <c r="M6" s="229"/>
       <c r="N6" s="3"/>
     </row>
-    <row r="7" spans="1:14" ht="21" customHeight="1" thickBot="1">
-      <c r="A7" s="163" t="s">
+    <row r="7" spans="1:14" ht="21" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="226" t="s">
         <v>93</v>
       </c>
-      <c r="B7" s="163"/>
-[...14 lines deleted...]
-      <c r="A8" s="183" t="s">
+      <c r="B7" s="226"/>
+      <c r="C7" s="226"/>
+      <c r="D7" s="226"/>
+      <c r="E7" s="226"/>
+      <c r="F7" s="226"/>
+      <c r="G7" s="226"/>
+      <c r="H7" s="226"/>
+      <c r="I7" s="226"/>
+      <c r="J7" s="226"/>
+      <c r="K7" s="226"/>
+      <c r="L7" s="226"/>
+      <c r="M7" s="226"/>
+      <c r="N7" s="226"/>
+    </row>
+    <row r="8" spans="1:14" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="236" t="s">
         <v>92</v>
       </c>
-      <c r="B8" s="184"/>
-[...9 lines deleted...]
-      <c r="L8" s="186"/>
+      <c r="B8" s="237"/>
+      <c r="C8" s="237"/>
+      <c r="D8" s="237"/>
+      <c r="E8" s="237"/>
+      <c r="F8" s="237"/>
+      <c r="G8" s="237"/>
+      <c r="H8" s="237"/>
+      <c r="I8" s="238"/>
+      <c r="J8" s="237"/>
+      <c r="K8" s="237"/>
+      <c r="L8" s="239"/>
       <c r="M8" s="4">
         <f>M16+M21+M26+M31+M36+M41</f>
         <v>0</v>
       </c>
       <c r="N8" s="5"/>
     </row>
-    <row r="9" spans="1:14" ht="51.75" customHeight="1" thickBot="1">
-      <c r="A9" s="160" t="s">
+    <row r="9" spans="1:14" ht="51.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="192" t="s">
         <v>27</v>
       </c>
-      <c r="B9" s="192" t="s">
+      <c r="B9" s="206" t="s">
         <v>28</v>
       </c>
-      <c r="C9" s="173" t="s">
+      <c r="C9" s="214" t="s">
         <v>29</v>
       </c>
-      <c r="D9" s="173" t="s">
+      <c r="D9" s="214" t="s">
         <v>30</v>
       </c>
-      <c r="E9" s="211" t="s">
+      <c r="E9" s="183" t="s">
         <v>31</v>
       </c>
-      <c r="F9" s="211" t="s">
+      <c r="F9" s="183" t="s">
         <v>32</v>
       </c>
-      <c r="G9" s="214"/>
-      <c r="H9" s="216" t="s">
+      <c r="G9" s="170"/>
+      <c r="H9" s="186" t="s">
         <v>33</v>
       </c>
       <c r="I9" s="6" t="s">
         <v>34</v>
       </c>
-      <c r="J9" s="176" t="s">
+      <c r="J9" s="189" t="s">
         <v>35</v>
       </c>
-      <c r="K9" s="177"/>
-[...1 lines deleted...]
-      <c r="M9" s="160" t="s">
+      <c r="K9" s="190"/>
+      <c r="L9" s="191"/>
+      <c r="M9" s="192" t="s">
         <v>36</v>
       </c>
       <c r="N9" s="7"/>
     </row>
-    <row r="10" spans="1:14" s="8" customFormat="1" ht="101.25" customHeight="1" thickBot="1">
-[...8 lines deleted...]
-      <c r="I10" s="199" t="s">
+    <row r="10" spans="1:14" s="8" customFormat="1" ht="101.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="193"/>
+      <c r="B10" s="207"/>
+      <c r="C10" s="215"/>
+      <c r="D10" s="215"/>
+      <c r="E10" s="184"/>
+      <c r="F10" s="185"/>
+      <c r="G10" s="171"/>
+      <c r="H10" s="187"/>
+      <c r="I10" s="213" t="s">
         <v>37</v>
       </c>
-      <c r="J10" s="201" t="s">
+      <c r="J10" s="217" t="s">
         <v>109</v>
       </c>
-      <c r="K10" s="220" t="s">
+      <c r="K10" s="198" t="s">
         <v>38</v>
       </c>
-      <c r="L10" s="222" t="s">
+      <c r="L10" s="199" t="s">
         <v>115</v>
       </c>
-      <c r="M10" s="161"/>
-[...9 lines deleted...]
-      <c r="E11" s="213"/>
+      <c r="M10" s="193"/>
+      <c r="N10" s="234" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="11" spans="1:14" s="8" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="194"/>
+      <c r="B11" s="208"/>
+      <c r="C11" s="216"/>
+      <c r="D11" s="216"/>
+      <c r="E11" s="185"/>
       <c r="F11" s="9" t="s">
         <v>0</v>
       </c>
       <c r="G11" s="9" t="s">
         <v>40</v>
       </c>
-      <c r="H11" s="218"/>
-[...8 lines deleted...]
-      <c r="A12" s="187" t="s">
+      <c r="H11" s="188"/>
+      <c r="I11" s="166"/>
+      <c r="J11" s="218"/>
+      <c r="K11" s="175"/>
+      <c r="L11" s="200"/>
+      <c r="M11" s="194"/>
+      <c r="N11" s="235"/>
+    </row>
+    <row r="12" spans="1:14" ht="32.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="167" t="s">
         <v>89</v>
       </c>
-      <c r="B12" s="188"/>
-[...13 lines deleted...]
-    <row r="13" spans="1:14" ht="21" customHeight="1" thickBot="1">
+      <c r="B12" s="168"/>
+      <c r="C12" s="168"/>
+      <c r="D12" s="168"/>
+      <c r="E12" s="168"/>
+      <c r="F12" s="168"/>
+      <c r="G12" s="168"/>
+      <c r="H12" s="168"/>
+      <c r="I12" s="168"/>
+      <c r="J12" s="168"/>
+      <c r="K12" s="168"/>
+      <c r="L12" s="168"/>
+      <c r="M12" s="168"/>
+      <c r="N12" s="169"/>
+    </row>
+    <row r="13" spans="1:14" ht="21" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A13" s="10">
         <v>1</v>
       </c>
       <c r="B13" s="11"/>
       <c r="C13" s="12"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="13"/>
       <c r="G13" s="13"/>
       <c r="H13" s="14"/>
       <c r="I13" s="15"/>
       <c r="J13" s="16"/>
       <c r="K13" s="17"/>
       <c r="L13" s="18">
         <f t="shared" ref="L13:L15" si="0">J13*K13</f>
         <v>0</v>
       </c>
       <c r="M13" s="18">
         <f>SUM(I13+L13)</f>
         <v>0</v>
       </c>
       <c r="N13" s="19"/>
     </row>
-    <row r="14" spans="1:14" s="26" customFormat="1" ht="21.75" customHeight="1" thickBot="1">
+    <row r="14" spans="1:14" s="26" customFormat="1" ht="21.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A14" s="20">
         <v>2</v>
       </c>
       <c r="B14" s="21"/>
       <c r="C14" s="12"/>
       <c r="D14" s="22"/>
       <c r="E14" s="22"/>
       <c r="F14" s="22"/>
       <c r="G14" s="22"/>
       <c r="H14" s="14"/>
       <c r="I14" s="15"/>
       <c r="J14" s="23"/>
       <c r="K14" s="24"/>
       <c r="L14" s="18">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="M14" s="18">
         <f t="shared" ref="M14:M15" si="1">SUM(I14+L14)</f>
         <v>0</v>
       </c>
       <c r="N14" s="25"/>
     </row>
-    <row r="15" spans="1:14" s="26" customFormat="1" ht="22.5" customHeight="1" thickBot="1">
+    <row r="15" spans="1:14" s="26" customFormat="1" ht="22.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A15" s="127">
         <v>3</v>
       </c>
       <c r="B15" s="128"/>
       <c r="C15" s="129"/>
       <c r="D15" s="130"/>
       <c r="E15" s="130"/>
       <c r="F15" s="130"/>
       <c r="G15" s="130"/>
       <c r="H15" s="131"/>
       <c r="I15" s="132"/>
       <c r="J15" s="133"/>
       <c r="K15" s="134"/>
       <c r="L15" s="135">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="M15" s="18">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="N15" s="25"/>
     </row>
-    <row r="16" spans="1:14" ht="22.5" customHeight="1" thickBot="1">
-      <c r="A16" s="203" t="s">
+    <row r="16" spans="1:14" ht="22.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="157" t="s">
         <v>12</v>
       </c>
-      <c r="B16" s="204"/>
-[...9 lines deleted...]
-      <c r="L16" s="205"/>
+      <c r="B16" s="158"/>
+      <c r="C16" s="158"/>
+      <c r="D16" s="158"/>
+      <c r="E16" s="158"/>
+      <c r="F16" s="158"/>
+      <c r="G16" s="158"/>
+      <c r="H16" s="158"/>
+      <c r="I16" s="158"/>
+      <c r="J16" s="158"/>
+      <c r="K16" s="158"/>
+      <c r="L16" s="159"/>
       <c r="M16" s="27">
         <f>SUM(M13:M15)</f>
         <v>0</v>
       </c>
       <c r="N16" s="28"/>
     </row>
-    <row r="17" spans="1:14" ht="32.25" customHeight="1" thickBot="1">
-      <c r="A17" s="187" t="s">
+    <row r="17" spans="1:14" ht="32.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="167" t="s">
         <v>90</v>
       </c>
-      <c r="B17" s="188"/>
-[...13 lines deleted...]
-    <row r="18" spans="1:14" ht="22.5" customHeight="1" thickBot="1">
+      <c r="B17" s="168"/>
+      <c r="C17" s="168"/>
+      <c r="D17" s="168"/>
+      <c r="E17" s="168"/>
+      <c r="F17" s="168"/>
+      <c r="G17" s="168"/>
+      <c r="H17" s="168"/>
+      <c r="I17" s="168"/>
+      <c r="J17" s="168"/>
+      <c r="K17" s="168"/>
+      <c r="L17" s="168"/>
+      <c r="M17" s="168"/>
+      <c r="N17" s="169"/>
+    </row>
+    <row r="18" spans="1:14" ht="22.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A18" s="29" t="s">
         <v>2</v>
       </c>
       <c r="B18" s="30"/>
       <c r="C18" s="12"/>
       <c r="D18" s="13"/>
       <c r="E18" s="13"/>
       <c r="F18" s="13"/>
       <c r="G18" s="13"/>
       <c r="H18" s="14"/>
       <c r="I18" s="15"/>
       <c r="J18" s="16"/>
       <c r="K18" s="17"/>
       <c r="L18" s="18">
         <f t="shared" ref="L18:L20" si="2">J18*K18</f>
         <v>0</v>
       </c>
       <c r="M18" s="18">
         <f>SUM(I18+L18)</f>
         <v>0</v>
       </c>
       <c r="N18" s="19"/>
     </row>
-    <row r="19" spans="1:14" s="26" customFormat="1" ht="20.25" customHeight="1" thickBot="1">
+    <row r="19" spans="1:14" s="26" customFormat="1" ht="20.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A19" s="31"/>
       <c r="B19" s="11"/>
       <c r="C19" s="12"/>
       <c r="D19" s="22"/>
       <c r="E19" s="22"/>
       <c r="F19" s="22"/>
       <c r="G19" s="22"/>
       <c r="H19" s="14"/>
       <c r="I19" s="15"/>
       <c r="J19" s="23"/>
       <c r="K19" s="24"/>
       <c r="L19" s="18">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="M19" s="18">
         <f t="shared" ref="M19:M20" si="3">SUM(I19+L19)</f>
         <v>0</v>
       </c>
       <c r="N19" s="25"/>
     </row>
-    <row r="20" spans="1:14" s="26" customFormat="1" ht="19.5" customHeight="1" thickBot="1">
+    <row r="20" spans="1:14" s="26" customFormat="1" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A20" s="127"/>
       <c r="B20" s="128"/>
       <c r="C20" s="129"/>
       <c r="D20" s="130"/>
       <c r="E20" s="130"/>
       <c r="F20" s="130"/>
       <c r="G20" s="130"/>
       <c r="H20" s="131"/>
       <c r="I20" s="132"/>
       <c r="J20" s="133"/>
       <c r="K20" s="134"/>
       <c r="L20" s="135">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="M20" s="18">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="N20" s="25"/>
     </row>
-    <row r="21" spans="1:14" ht="19.5" customHeight="1" thickBot="1">
-      <c r="A21" s="203" t="s">
+    <row r="21" spans="1:14" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="157" t="s">
         <v>13</v>
       </c>
-      <c r="B21" s="204"/>
-[...9 lines deleted...]
-      <c r="L21" s="205"/>
+      <c r="B21" s="158"/>
+      <c r="C21" s="158"/>
+      <c r="D21" s="158"/>
+      <c r="E21" s="158"/>
+      <c r="F21" s="158"/>
+      <c r="G21" s="158"/>
+      <c r="H21" s="158"/>
+      <c r="I21" s="158"/>
+      <c r="J21" s="158"/>
+      <c r="K21" s="158"/>
+      <c r="L21" s="159"/>
       <c r="M21" s="27">
         <f t="shared" ref="M21" si="4">SUM(M18:M20)</f>
         <v>0</v>
       </c>
       <c r="N21" s="28"/>
     </row>
-    <row r="22" spans="1:14" ht="33" customHeight="1" thickBot="1">
-      <c r="A22" s="187" t="s">
+    <row r="22" spans="1:14" ht="33" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="167" t="s">
         <v>41</v>
       </c>
-      <c r="B22" s="188"/>
-[...13 lines deleted...]
-    <row r="23" spans="1:14" ht="18" customHeight="1" thickBot="1">
+      <c r="B22" s="168"/>
+      <c r="C22" s="168"/>
+      <c r="D22" s="168"/>
+      <c r="E22" s="168"/>
+      <c r="F22" s="168"/>
+      <c r="G22" s="168"/>
+      <c r="H22" s="168"/>
+      <c r="I22" s="168"/>
+      <c r="J22" s="168"/>
+      <c r="K22" s="168"/>
+      <c r="L22" s="168"/>
+      <c r="M22" s="168"/>
+      <c r="N22" s="169"/>
+    </row>
+    <row r="23" spans="1:14" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A23" s="29" t="s">
         <v>2</v>
       </c>
       <c r="B23" s="30"/>
       <c r="C23" s="12"/>
       <c r="D23" s="13"/>
       <c r="E23" s="13"/>
       <c r="F23" s="13"/>
       <c r="G23" s="13"/>
       <c r="H23" s="14"/>
       <c r="I23" s="15"/>
       <c r="J23" s="16"/>
       <c r="K23" s="17"/>
       <c r="L23" s="18">
         <f t="shared" ref="L23:L25" si="5">J23*K23</f>
         <v>0</v>
       </c>
       <c r="M23" s="18">
         <f>SUM(I23+L23)</f>
         <v>0</v>
       </c>
       <c r="N23" s="19"/>
     </row>
-    <row r="24" spans="1:14" s="26" customFormat="1" ht="22.5" customHeight="1" thickBot="1">
+    <row r="24" spans="1:14" s="26" customFormat="1" ht="22.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A24" s="31"/>
       <c r="B24" s="11"/>
       <c r="C24" s="12"/>
       <c r="D24" s="22"/>
       <c r="E24" s="22"/>
       <c r="F24" s="22"/>
       <c r="G24" s="22"/>
       <c r="H24" s="14"/>
       <c r="I24" s="15"/>
       <c r="J24" s="23"/>
       <c r="K24" s="24"/>
       <c r="L24" s="18">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="M24" s="18">
         <f t="shared" ref="M24:M25" si="6">SUM(I24+L24)</f>
         <v>0</v>
       </c>
       <c r="N24" s="25"/>
     </row>
-    <row r="25" spans="1:14" s="26" customFormat="1" ht="20.25" customHeight="1" thickBot="1">
+    <row r="25" spans="1:14" s="26" customFormat="1" ht="20.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A25" s="127"/>
       <c r="B25" s="128"/>
       <c r="C25" s="129"/>
       <c r="D25" s="130"/>
       <c r="E25" s="130"/>
       <c r="F25" s="130"/>
       <c r="G25" s="130"/>
       <c r="H25" s="131"/>
       <c r="I25" s="132"/>
       <c r="J25" s="133"/>
       <c r="K25" s="134"/>
       <c r="L25" s="135">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="M25" s="18">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="N25" s="25"/>
     </row>
-    <row r="26" spans="1:14" ht="23.25" customHeight="1" thickBot="1">
-      <c r="A26" s="203" t="s">
+    <row r="26" spans="1:14" ht="23.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="157" t="s">
         <v>14</v>
       </c>
-      <c r="B26" s="204"/>
-[...9 lines deleted...]
-      <c r="L26" s="205"/>
+      <c r="B26" s="158"/>
+      <c r="C26" s="158"/>
+      <c r="D26" s="158"/>
+      <c r="E26" s="158"/>
+      <c r="F26" s="158"/>
+      <c r="G26" s="158"/>
+      <c r="H26" s="158"/>
+      <c r="I26" s="158"/>
+      <c r="J26" s="158"/>
+      <c r="K26" s="158"/>
+      <c r="L26" s="159"/>
       <c r="M26" s="27">
         <f t="shared" ref="M26" si="7">SUM(M23:M25)</f>
         <v>0</v>
       </c>
       <c r="N26" s="28"/>
     </row>
-    <row r="27" spans="1:14" ht="43.5" customHeight="1" thickBot="1">
-      <c r="A27" s="187" t="s">
+    <row r="27" spans="1:14" ht="43.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="167" t="s">
         <v>42</v>
       </c>
-      <c r="B27" s="188"/>
-[...13 lines deleted...]
-    <row r="28" spans="1:14" ht="22.5" customHeight="1" thickBot="1">
+      <c r="B27" s="168"/>
+      <c r="C27" s="168"/>
+      <c r="D27" s="168"/>
+      <c r="E27" s="168"/>
+      <c r="F27" s="168"/>
+      <c r="G27" s="168"/>
+      <c r="H27" s="168"/>
+      <c r="I27" s="168"/>
+      <c r="J27" s="168"/>
+      <c r="K27" s="168"/>
+      <c r="L27" s="168"/>
+      <c r="M27" s="168"/>
+      <c r="N27" s="169"/>
+    </row>
+    <row r="28" spans="1:14" ht="22.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A28" s="29" t="s">
         <v>2</v>
       </c>
       <c r="B28" s="30"/>
       <c r="C28" s="12"/>
       <c r="D28" s="13"/>
       <c r="E28" s="13"/>
       <c r="F28" s="13"/>
       <c r="G28" s="13"/>
       <c r="H28" s="14"/>
       <c r="I28" s="15"/>
       <c r="J28" s="16"/>
       <c r="K28" s="17"/>
       <c r="L28" s="18">
         <f t="shared" ref="L28:L30" si="8">J28*K28</f>
         <v>0</v>
       </c>
       <c r="M28" s="18">
         <f>SUM(I28+L28)</f>
         <v>0</v>
       </c>
       <c r="N28" s="19"/>
     </row>
-    <row r="29" spans="1:14" s="26" customFormat="1" ht="20.25" customHeight="1" thickBot="1">
+    <row r="29" spans="1:14" s="26" customFormat="1" ht="20.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A29" s="31"/>
       <c r="B29" s="11"/>
       <c r="C29" s="12"/>
       <c r="D29" s="22"/>
       <c r="E29" s="22"/>
       <c r="F29" s="22"/>
       <c r="G29" s="22"/>
       <c r="H29" s="14"/>
       <c r="I29" s="15"/>
       <c r="J29" s="23"/>
       <c r="K29" s="24"/>
       <c r="L29" s="18">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="M29" s="18">
         <f t="shared" ref="M29:M30" si="9">SUM(I29+L29)</f>
         <v>0</v>
       </c>
       <c r="N29" s="25"/>
     </row>
-    <row r="30" spans="1:14" s="26" customFormat="1" ht="19.5" customHeight="1" thickBot="1">
+    <row r="30" spans="1:14" s="26" customFormat="1" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A30" s="136"/>
       <c r="B30" s="137"/>
       <c r="C30" s="129"/>
       <c r="D30" s="130"/>
       <c r="E30" s="130"/>
       <c r="F30" s="130"/>
       <c r="G30" s="130"/>
       <c r="H30" s="131"/>
       <c r="I30" s="132"/>
       <c r="J30" s="133"/>
       <c r="K30" s="134"/>
       <c r="L30" s="135">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="M30" s="18">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="N30" s="25"/>
     </row>
-    <row r="31" spans="1:14" ht="19.5" customHeight="1" thickBot="1">
-      <c r="A31" s="203" t="s">
+    <row r="31" spans="1:14" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="157" t="s">
         <v>15</v>
       </c>
-      <c r="B31" s="204"/>
-[...9 lines deleted...]
-      <c r="L31" s="205"/>
+      <c r="B31" s="158"/>
+      <c r="C31" s="158"/>
+      <c r="D31" s="158"/>
+      <c r="E31" s="158"/>
+      <c r="F31" s="158"/>
+      <c r="G31" s="158"/>
+      <c r="H31" s="158"/>
+      <c r="I31" s="158"/>
+      <c r="J31" s="158"/>
+      <c r="K31" s="158"/>
+      <c r="L31" s="159"/>
       <c r="M31" s="27">
         <f t="shared" ref="M31" si="10">SUM(M28:M30)</f>
         <v>0</v>
       </c>
       <c r="N31" s="28"/>
     </row>
-    <row r="32" spans="1:14" ht="35.25" customHeight="1" thickBot="1">
-      <c r="A32" s="187" t="s">
+    <row r="32" spans="1:14" ht="35.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="167" t="s">
         <v>110</v>
       </c>
-      <c r="B32" s="188"/>
-[...13 lines deleted...]
-    <row r="33" spans="1:14" ht="21.75" customHeight="1" thickBot="1">
+      <c r="B32" s="168"/>
+      <c r="C32" s="168"/>
+      <c r="D32" s="168"/>
+      <c r="E32" s="168"/>
+      <c r="F32" s="168"/>
+      <c r="G32" s="168"/>
+      <c r="H32" s="168"/>
+      <c r="I32" s="168"/>
+      <c r="J32" s="168"/>
+      <c r="K32" s="168"/>
+      <c r="L32" s="168"/>
+      <c r="M32" s="168"/>
+      <c r="N32" s="169"/>
+    </row>
+    <row r="33" spans="1:14" ht="21.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A33" s="29" t="s">
         <v>2</v>
       </c>
       <c r="B33" s="30"/>
       <c r="C33" s="12"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="13"/>
       <c r="G33" s="13"/>
       <c r="H33" s="14"/>
       <c r="I33" s="15"/>
       <c r="J33" s="16"/>
       <c r="K33" s="17"/>
       <c r="L33" s="18">
         <f t="shared" ref="L33:L35" si="11">J33*K33</f>
         <v>0</v>
       </c>
       <c r="M33" s="18">
         <f>SUM(I33+L33)</f>
         <v>0</v>
       </c>
       <c r="N33" s="146"/>
     </row>
-    <row r="34" spans="1:14" s="26" customFormat="1" ht="19.5" customHeight="1" thickBot="1">
+    <row r="34" spans="1:14" s="26" customFormat="1" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A34" s="31"/>
       <c r="B34" s="11"/>
       <c r="C34" s="12"/>
       <c r="D34" s="22"/>
       <c r="E34" s="22"/>
       <c r="F34" s="22"/>
       <c r="G34" s="22"/>
       <c r="H34" s="14"/>
       <c r="I34" s="15"/>
       <c r="J34" s="23"/>
       <c r="K34" s="24"/>
       <c r="L34" s="18">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="M34" s="18">
         <f t="shared" ref="M34:M35" si="12">SUM(I34+L34)</f>
         <v>0</v>
       </c>
       <c r="N34" s="147"/>
     </row>
-    <row r="35" spans="1:14" s="26" customFormat="1" ht="18" customHeight="1" thickBot="1">
+    <row r="35" spans="1:14" s="26" customFormat="1" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A35" s="136"/>
       <c r="B35" s="137"/>
       <c r="C35" s="129"/>
       <c r="D35" s="130"/>
       <c r="E35" s="130"/>
       <c r="F35" s="130"/>
       <c r="G35" s="130"/>
       <c r="H35" s="131"/>
       <c r="I35" s="132"/>
       <c r="J35" s="133"/>
       <c r="K35" s="134"/>
       <c r="L35" s="135">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="M35" s="18">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="N35" s="147"/>
     </row>
-    <row r="36" spans="1:14" ht="19.5" customHeight="1" thickBot="1">
-      <c r="A36" s="203" t="s">
+    <row r="36" spans="1:14" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="157" t="s">
         <v>16</v>
       </c>
-      <c r="B36" s="204"/>
-[...9 lines deleted...]
-      <c r="L36" s="205"/>
+      <c r="B36" s="158"/>
+      <c r="C36" s="158"/>
+      <c r="D36" s="158"/>
+      <c r="E36" s="158"/>
+      <c r="F36" s="158"/>
+      <c r="G36" s="158"/>
+      <c r="H36" s="158"/>
+      <c r="I36" s="158"/>
+      <c r="J36" s="158"/>
+      <c r="K36" s="158"/>
+      <c r="L36" s="159"/>
       <c r="M36" s="27">
         <f t="shared" ref="M36" si="13">SUM(M33:M35)</f>
         <v>0</v>
       </c>
       <c r="N36" s="148"/>
     </row>
-    <row r="37" spans="1:14" ht="28.5" customHeight="1" thickBot="1">
-      <c r="A37" s="187" t="s">
+    <row r="37" spans="1:14" ht="28.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="167" t="s">
         <v>91</v>
       </c>
-      <c r="B37" s="188"/>
-[...13 lines deleted...]
-    <row r="38" spans="1:14" ht="20.25" customHeight="1" thickBot="1">
+      <c r="B37" s="168"/>
+      <c r="C37" s="168"/>
+      <c r="D37" s="168"/>
+      <c r="E37" s="168"/>
+      <c r="F37" s="168"/>
+      <c r="G37" s="168"/>
+      <c r="H37" s="168"/>
+      <c r="I37" s="168"/>
+      <c r="J37" s="168"/>
+      <c r="K37" s="168"/>
+      <c r="L37" s="168"/>
+      <c r="M37" s="168"/>
+      <c r="N37" s="169"/>
+    </row>
+    <row r="38" spans="1:14" ht="20.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A38" s="10" t="s">
         <v>2</v>
       </c>
       <c r="B38" s="11"/>
       <c r="C38" s="12"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="13"/>
       <c r="G38" s="13"/>
       <c r="H38" s="14"/>
       <c r="I38" s="15"/>
       <c r="J38" s="16"/>
       <c r="K38" s="17"/>
       <c r="L38" s="18">
         <f t="shared" ref="L38:L39" si="14">J38*K38</f>
         <v>0</v>
       </c>
       <c r="M38" s="18">
         <f>SUM(I38+L38)</f>
         <v>0</v>
       </c>
       <c r="N38" s="19"/>
     </row>
-    <row r="39" spans="1:14" s="26" customFormat="1" ht="18" customHeight="1" thickBot="1">
+    <row r="39" spans="1:14" s="26" customFormat="1" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A39" s="20"/>
       <c r="B39" s="21"/>
       <c r="C39" s="12"/>
       <c r="D39" s="22"/>
       <c r="E39" s="22"/>
       <c r="F39" s="22"/>
       <c r="G39" s="22"/>
       <c r="H39" s="14"/>
       <c r="I39" s="15"/>
       <c r="J39" s="23"/>
       <c r="K39" s="24"/>
       <c r="L39" s="18">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="M39" s="18">
         <f t="shared" ref="M39:M40" si="15">SUM(I39+L39)</f>
         <v>0</v>
       </c>
       <c r="N39" s="25"/>
     </row>
-    <row r="40" spans="1:14" s="26" customFormat="1" ht="19.5" customHeight="1" thickBot="1">
+    <row r="40" spans="1:14" s="26" customFormat="1" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A40" s="127"/>
       <c r="B40" s="128"/>
       <c r="C40" s="129"/>
       <c r="D40" s="130"/>
       <c r="E40" s="130"/>
       <c r="F40" s="130"/>
       <c r="G40" s="130"/>
       <c r="H40" s="131"/>
       <c r="I40" s="132"/>
       <c r="J40" s="133"/>
       <c r="K40" s="134"/>
       <c r="L40" s="135">
         <f>J40*K40</f>
         <v>0</v>
       </c>
       <c r="M40" s="18">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="N40" s="25"/>
     </row>
-    <row r="41" spans="1:14" ht="27.75" customHeight="1" thickBot="1">
-      <c r="A41" s="203" t="s">
+    <row r="41" spans="1:14" ht="27.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="157" t="s">
         <v>17</v>
       </c>
-      <c r="B41" s="204"/>
-[...9 lines deleted...]
-      <c r="L41" s="205"/>
+      <c r="B41" s="158"/>
+      <c r="C41" s="158"/>
+      <c r="D41" s="158"/>
+      <c r="E41" s="158"/>
+      <c r="F41" s="158"/>
+      <c r="G41" s="158"/>
+      <c r="H41" s="158"/>
+      <c r="I41" s="158"/>
+      <c r="J41" s="158"/>
+      <c r="K41" s="158"/>
+      <c r="L41" s="159"/>
       <c r="M41" s="27">
         <f t="shared" ref="M41" si="16">SUM(M38:M40)</f>
         <v>0</v>
       </c>
       <c r="N41" s="32"/>
     </row>
-    <row r="42" spans="1:14" ht="70.5" customHeight="1" thickBot="1">
+    <row r="42" spans="1:14" ht="70.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A42" s="33"/>
-      <c r="B42" s="232" t="s">
-[...11 lines deleted...]
-      <c r="L42" s="234"/>
+      <c r="B42" s="160" t="s">
+        <v>122</v>
+      </c>
+      <c r="C42" s="161"/>
+      <c r="D42" s="161"/>
+      <c r="E42" s="161"/>
+      <c r="F42" s="161"/>
+      <c r="G42" s="161"/>
+      <c r="H42" s="161"/>
+      <c r="I42" s="161"/>
+      <c r="J42" s="161"/>
+      <c r="K42" s="161"/>
+      <c r="L42" s="162"/>
       <c r="M42" s="34">
         <f>M50+M55+M60</f>
         <v>0</v>
       </c>
       <c r="N42" s="35" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="43" spans="1:14" ht="50.25" customHeight="1" thickBot="1">
+    <row r="43" spans="1:14" ht="50.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A43" s="36"/>
       <c r="B43" s="37"/>
       <c r="C43" s="38"/>
       <c r="D43" s="38"/>
       <c r="E43" s="38"/>
       <c r="F43" s="38"/>
       <c r="G43" s="38"/>
       <c r="H43" s="38"/>
       <c r="I43" s="6" t="s">
         <v>34</v>
       </c>
-      <c r="J43" s="176" t="s">
+      <c r="J43" s="189" t="s">
         <v>35</v>
       </c>
-      <c r="K43" s="177"/>
-[...1 lines deleted...]
-      <c r="M43" s="160" t="s">
+      <c r="K43" s="190"/>
+      <c r="L43" s="191"/>
+      <c r="M43" s="192" t="s">
         <v>36</v>
       </c>
       <c r="N43" s="39">
         <f>N6/100*8</f>
         <v>0</v>
       </c>
     </row>
-    <row r="44" spans="1:14" ht="57" customHeight="1">
-[...1 lines deleted...]
-      <c r="B44" s="169" t="s">
+    <row r="44" spans="1:14" ht="57" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="209"/>
+      <c r="B44" s="232" t="s">
         <v>44</v>
       </c>
-      <c r="C44" s="171" t="s">
+      <c r="C44" s="163" t="s">
         <v>121</v>
       </c>
-      <c r="D44" s="171" t="s">
+      <c r="D44" s="163" t="s">
         <v>45</v>
       </c>
-      <c r="E44" s="167" t="s">
+      <c r="E44" s="230" t="s">
         <v>46</v>
       </c>
-      <c r="F44" s="230" t="s">
+      <c r="F44" s="176" t="s">
         <v>32</v>
       </c>
-      <c r="G44" s="231"/>
-      <c r="H44" s="171" t="s">
+      <c r="G44" s="177"/>
+      <c r="H44" s="163" t="s">
         <v>47</v>
       </c>
-      <c r="I44" s="235" t="s">
+      <c r="I44" s="165" t="s">
         <v>37</v>
       </c>
-      <c r="J44" s="197" t="s">
+      <c r="J44" s="211" t="s">
         <v>109</v>
       </c>
-      <c r="K44" s="229" t="s">
+      <c r="K44" s="174" t="s">
         <v>38</v>
       </c>
-      <c r="L44" s="227" t="s">
+      <c r="L44" s="172" t="s">
         <v>115</v>
       </c>
-      <c r="M44" s="161"/>
-      <c r="N44" s="214" t="s">
+      <c r="M44" s="193"/>
+      <c r="N44" s="170" t="s">
         <v>39</v>
       </c>
     </row>
-    <row r="45" spans="1:14" s="42" customFormat="1" ht="51.75" customHeight="1" thickBot="1">
-[...4 lines deleted...]
-      <c r="E45" s="168"/>
+    <row r="45" spans="1:14" s="42" customFormat="1" ht="51.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A45" s="210"/>
+      <c r="B45" s="233"/>
+      <c r="C45" s="164"/>
+      <c r="D45" s="164"/>
+      <c r="E45" s="231"/>
       <c r="F45" s="40" t="s">
         <v>0</v>
       </c>
       <c r="G45" s="41" t="s">
         <v>40</v>
       </c>
-      <c r="H45" s="172"/>
-[...8 lines deleted...]
-      <c r="A46" s="187" t="s">
+      <c r="H45" s="164"/>
+      <c r="I45" s="166"/>
+      <c r="J45" s="212"/>
+      <c r="K45" s="175"/>
+      <c r="L45" s="173"/>
+      <c r="M45" s="194"/>
+      <c r="N45" s="171"/>
+    </row>
+    <row r="46" spans="1:14" ht="34.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A46" s="167" t="s">
         <v>48</v>
       </c>
-      <c r="B46" s="188"/>
-[...13 lines deleted...]
-    <row r="47" spans="1:14" ht="23.25" customHeight="1" thickBot="1">
+      <c r="B46" s="168"/>
+      <c r="C46" s="168"/>
+      <c r="D46" s="168"/>
+      <c r="E46" s="168"/>
+      <c r="F46" s="168"/>
+      <c r="G46" s="168"/>
+      <c r="H46" s="168"/>
+      <c r="I46" s="168"/>
+      <c r="J46" s="168"/>
+      <c r="K46" s="168"/>
+      <c r="L46" s="168"/>
+      <c r="M46" s="168"/>
+      <c r="N46" s="169"/>
+    </row>
+    <row r="47" spans="1:14" ht="23.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A47" s="29" t="s">
         <v>2</v>
       </c>
       <c r="B47" s="30"/>
       <c r="C47" s="12"/>
       <c r="D47" s="13"/>
       <c r="E47" s="13"/>
       <c r="F47" s="13"/>
       <c r="G47" s="13"/>
       <c r="H47" s="14"/>
       <c r="I47" s="15"/>
       <c r="J47" s="16"/>
       <c r="K47" s="17"/>
       <c r="L47" s="18">
         <f>J47*K47</f>
         <v>0</v>
       </c>
       <c r="M47" s="18">
         <f>SUM(I47+L47)</f>
         <v>0</v>
       </c>
       <c r="N47" s="19"/>
     </row>
-    <row r="48" spans="1:14" s="26" customFormat="1" ht="22.5" customHeight="1" thickBot="1">
+    <row r="48" spans="1:14" s="26" customFormat="1" ht="22.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A48" s="31"/>
       <c r="B48" s="11"/>
       <c r="C48" s="12"/>
       <c r="D48" s="22"/>
       <c r="E48" s="22"/>
       <c r="F48" s="22"/>
       <c r="G48" s="22"/>
       <c r="H48" s="14"/>
       <c r="I48" s="15"/>
       <c r="J48" s="23"/>
       <c r="K48" s="24"/>
       <c r="L48" s="18">
         <f t="shared" ref="L48:L49" si="17">J48*K48</f>
         <v>0</v>
       </c>
       <c r="M48" s="18">
         <f t="shared" ref="M48:M49" si="18">SUM(I48+L48)</f>
         <v>0</v>
       </c>
       <c r="N48" s="25"/>
     </row>
-    <row r="49" spans="1:14" s="26" customFormat="1" ht="25.5" customHeight="1" thickBot="1">
+    <row r="49" spans="1:14" s="26" customFormat="1" ht="25.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A49" s="136"/>
       <c r="B49" s="137"/>
       <c r="C49" s="129"/>
       <c r="D49" s="130"/>
       <c r="E49" s="130"/>
       <c r="F49" s="130"/>
       <c r="G49" s="130"/>
       <c r="H49" s="131"/>
       <c r="I49" s="132"/>
       <c r="J49" s="133"/>
       <c r="K49" s="134"/>
       <c r="L49" s="135">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="M49" s="18">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
       <c r="N49" s="25"/>
     </row>
-    <row r="50" spans="1:14" ht="20.25" customHeight="1" thickBot="1">
-      <c r="A50" s="203" t="s">
+    <row r="50" spans="1:14" ht="20.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A50" s="157" t="s">
         <v>18</v>
       </c>
-      <c r="B50" s="204"/>
-[...9 lines deleted...]
-      <c r="L50" s="205"/>
+      <c r="B50" s="158"/>
+      <c r="C50" s="158"/>
+      <c r="D50" s="158"/>
+      <c r="E50" s="158"/>
+      <c r="F50" s="158"/>
+      <c r="G50" s="158"/>
+      <c r="H50" s="158"/>
+      <c r="I50" s="158"/>
+      <c r="J50" s="158"/>
+      <c r="K50" s="158"/>
+      <c r="L50" s="159"/>
       <c r="M50" s="43">
         <f t="shared" ref="M50" si="19">SUM(M47:M49)</f>
         <v>0</v>
       </c>
       <c r="N50" s="28"/>
     </row>
-    <row r="51" spans="1:14" ht="39" customHeight="1" thickBot="1">
-      <c r="A51" s="187" t="s">
+    <row r="51" spans="1:14" ht="39" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A51" s="167" t="s">
         <v>49</v>
       </c>
-      <c r="B51" s="188"/>
-[...13 lines deleted...]
-    <row r="52" spans="1:14" ht="24" customHeight="1" thickBot="1">
+      <c r="B51" s="168"/>
+      <c r="C51" s="168"/>
+      <c r="D51" s="168"/>
+      <c r="E51" s="168"/>
+      <c r="F51" s="168"/>
+      <c r="G51" s="168"/>
+      <c r="H51" s="168"/>
+      <c r="I51" s="168"/>
+      <c r="J51" s="168"/>
+      <c r="K51" s="168"/>
+      <c r="L51" s="168"/>
+      <c r="M51" s="168"/>
+      <c r="N51" s="169"/>
+    </row>
+    <row r="52" spans="1:14" ht="24" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A52" s="29" t="s">
         <v>2</v>
       </c>
       <c r="B52" s="30"/>
       <c r="C52" s="12"/>
       <c r="D52" s="13"/>
       <c r="E52" s="13"/>
       <c r="F52" s="13"/>
       <c r="G52" s="13"/>
       <c r="H52" s="14"/>
       <c r="I52" s="15"/>
       <c r="J52" s="16"/>
       <c r="K52" s="17"/>
       <c r="L52" s="44">
         <f>J52*K52</f>
         <v>0</v>
       </c>
       <c r="M52" s="18">
         <f>SUM(I52+L52)</f>
         <v>0</v>
       </c>
       <c r="N52" s="19"/>
     </row>
-    <row r="53" spans="1:14" s="26" customFormat="1" ht="21" customHeight="1" thickBot="1">
+    <row r="53" spans="1:14" s="26" customFormat="1" ht="21" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A53" s="31"/>
       <c r="B53" s="11"/>
       <c r="C53" s="12"/>
       <c r="D53" s="22"/>
       <c r="E53" s="22"/>
       <c r="F53" s="22"/>
       <c r="G53" s="22"/>
       <c r="H53" s="14"/>
       <c r="I53" s="15"/>
       <c r="J53" s="23"/>
       <c r="K53" s="24"/>
       <c r="L53" s="18">
         <f t="shared" ref="L53:L54" si="20">J53*K53</f>
         <v>0</v>
       </c>
       <c r="M53" s="18">
         <f t="shared" ref="M53:M54" si="21">SUM(I53+L53)</f>
         <v>0</v>
       </c>
       <c r="N53" s="25"/>
     </row>
-    <row r="54" spans="1:14" s="26" customFormat="1" ht="20.25" customHeight="1" thickBot="1">
+    <row r="54" spans="1:14" s="26" customFormat="1" ht="20.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A54" s="127"/>
       <c r="B54" s="128"/>
       <c r="C54" s="129"/>
       <c r="D54" s="130"/>
       <c r="E54" s="130"/>
       <c r="F54" s="130"/>
       <c r="G54" s="130"/>
       <c r="H54" s="131"/>
       <c r="I54" s="132"/>
       <c r="J54" s="133"/>
       <c r="K54" s="134"/>
       <c r="L54" s="135">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
       <c r="M54" s="18">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="N54" s="25"/>
     </row>
-    <row r="55" spans="1:14" ht="15.75" customHeight="1" thickBot="1">
-      <c r="A55" s="203" t="s">
+    <row r="55" spans="1:14" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A55" s="157" t="s">
         <v>19</v>
       </c>
-      <c r="B55" s="204"/>
-[...9 lines deleted...]
-      <c r="L55" s="205"/>
+      <c r="B55" s="158"/>
+      <c r="C55" s="158"/>
+      <c r="D55" s="158"/>
+      <c r="E55" s="158"/>
+      <c r="F55" s="158"/>
+      <c r="G55" s="158"/>
+      <c r="H55" s="158"/>
+      <c r="I55" s="158"/>
+      <c r="J55" s="158"/>
+      <c r="K55" s="158"/>
+      <c r="L55" s="159"/>
       <c r="M55" s="43">
         <f>SUM(M52:M54)</f>
         <v>0</v>
       </c>
       <c r="N55" s="28"/>
     </row>
-    <row r="56" spans="1:14" ht="29.25" customHeight="1" thickBot="1">
-      <c r="A56" s="187" t="s">
+    <row r="56" spans="1:14" ht="29.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A56" s="167" t="s">
         <v>50</v>
       </c>
-      <c r="B56" s="188"/>
-[...13 lines deleted...]
-    <row r="57" spans="1:14" ht="24" customHeight="1" thickBot="1">
+      <c r="B56" s="168"/>
+      <c r="C56" s="168"/>
+      <c r="D56" s="168"/>
+      <c r="E56" s="168"/>
+      <c r="F56" s="168"/>
+      <c r="G56" s="168"/>
+      <c r="H56" s="168"/>
+      <c r="I56" s="168"/>
+      <c r="J56" s="168"/>
+      <c r="K56" s="168"/>
+      <c r="L56" s="168"/>
+      <c r="M56" s="168"/>
+      <c r="N56" s="169"/>
+    </row>
+    <row r="57" spans="1:14" ht="24" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A57" s="29" t="s">
         <v>2</v>
       </c>
       <c r="B57" s="30"/>
       <c r="C57" s="12"/>
       <c r="D57" s="13"/>
       <c r="E57" s="13"/>
       <c r="F57" s="13"/>
       <c r="G57" s="13"/>
       <c r="H57" s="14"/>
       <c r="I57" s="15"/>
       <c r="J57" s="16"/>
       <c r="K57" s="17"/>
       <c r="L57" s="44">
         <f t="shared" ref="L57:L59" si="22">J57*K57</f>
         <v>0</v>
       </c>
       <c r="M57" s="18">
         <f>SUM(I57+L57)</f>
         <v>0</v>
       </c>
       <c r="N57" s="19"/>
     </row>
-    <row r="58" spans="1:14" s="26" customFormat="1" ht="27" customHeight="1" thickBot="1">
+    <row r="58" spans="1:14" s="26" customFormat="1" ht="27" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A58" s="20"/>
       <c r="B58" s="21"/>
       <c r="C58" s="12"/>
       <c r="D58" s="22"/>
       <c r="E58" s="22"/>
       <c r="F58" s="22"/>
       <c r="G58" s="22"/>
       <c r="H58" s="14"/>
       <c r="I58" s="15"/>
       <c r="J58" s="23"/>
       <c r="K58" s="24"/>
       <c r="L58" s="18">
         <f t="shared" si="22"/>
         <v>0</v>
       </c>
       <c r="M58" s="18">
         <f t="shared" ref="M58:M59" si="23">SUM(I58+L58)</f>
         <v>0</v>
       </c>
       <c r="N58" s="25"/>
     </row>
-    <row r="59" spans="1:14" s="26" customFormat="1" ht="24" customHeight="1" thickBot="1">
+    <row r="59" spans="1:14" s="26" customFormat="1" ht="24" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A59" s="127"/>
       <c r="B59" s="128"/>
       <c r="C59" s="129"/>
       <c r="D59" s="130"/>
       <c r="E59" s="130"/>
       <c r="F59" s="130"/>
       <c r="G59" s="130"/>
       <c r="H59" s="131"/>
       <c r="I59" s="132"/>
       <c r="J59" s="133"/>
       <c r="K59" s="134"/>
       <c r="L59" s="135">
         <f t="shared" si="22"/>
         <v>0</v>
       </c>
       <c r="M59" s="18">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
       <c r="N59" s="25"/>
     </row>
-    <row r="60" spans="1:14" ht="21.75" customHeight="1" thickBot="1">
-      <c r="A60" s="203" t="s">
+    <row r="60" spans="1:14" ht="21.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A60" s="157" t="s">
         <v>20</v>
       </c>
-      <c r="B60" s="204"/>
-[...9 lines deleted...]
-      <c r="L60" s="205"/>
+      <c r="B60" s="158"/>
+      <c r="C60" s="158"/>
+      <c r="D60" s="158"/>
+      <c r="E60" s="158"/>
+      <c r="F60" s="158"/>
+      <c r="G60" s="158"/>
+      <c r="H60" s="158"/>
+      <c r="I60" s="158"/>
+      <c r="J60" s="158"/>
+      <c r="K60" s="158"/>
+      <c r="L60" s="159"/>
       <c r="M60" s="43">
         <f>SUM(M57:M59)</f>
         <v>0</v>
       </c>
       <c r="N60" s="28"/>
     </row>
-    <row r="61" spans="1:14" ht="47.25" customHeight="1" thickBot="1">
+    <row r="61" spans="1:14" ht="47.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A61" s="45">
         <f>COUNT(A13:A60)</f>
         <v>3</v>
       </c>
       <c r="B61" s="46" t="s">
         <v>112</v>
       </c>
-      <c r="C61" s="206" t="s">
+      <c r="C61" s="219" t="s">
         <v>51</v>
       </c>
-      <c r="D61" s="207"/>
-[...7 lines deleted...]
-      <c r="L61" s="208"/>
+      <c r="D61" s="220"/>
+      <c r="E61" s="220"/>
+      <c r="F61" s="220"/>
+      <c r="G61" s="220"/>
+      <c r="H61" s="220"/>
+      <c r="I61" s="220"/>
+      <c r="J61" s="220"/>
+      <c r="K61" s="220"/>
+      <c r="L61" s="221"/>
       <c r="M61" s="47">
         <f>M16+M21+M26+M31+M36+M41+M50+M55+M60</f>
         <v>0</v>
       </c>
       <c r="N61" s="48"/>
     </row>
-    <row r="62" spans="1:14" ht="5.25" customHeight="1">
+    <row r="62" spans="1:14" ht="5.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D62" s="49"/>
     </row>
-    <row r="63" spans="1:14" ht="12" thickBot="1">
-[...3 lines deleted...]
-      <c r="G63" s="190"/>
+    <row r="63" spans="1:14" ht="12" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="D63" s="205"/>
+      <c r="E63" s="205"/>
+      <c r="F63" s="204"/>
+      <c r="G63" s="204"/>
       <c r="H63" s="1"/>
       <c r="I63" s="1"/>
       <c r="J63" s="1"/>
       <c r="K63" s="1"/>
       <c r="L63" s="1"/>
       <c r="M63" s="1"/>
       <c r="N63" s="1"/>
     </row>
-    <row r="64" spans="1:14" ht="27" customHeight="1" thickBot="1">
+    <row r="64" spans="1:14" ht="27" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="D64" s="51" t="s">
         <v>52</v>
       </c>
-      <c r="E64" s="237" t="s">
+      <c r="E64" s="155" t="s">
         <v>53</v>
       </c>
-      <c r="F64" s="238"/>
+      <c r="F64" s="156"/>
       <c r="I64" s="1"/>
       <c r="K64" s="1"/>
       <c r="L64" s="1"/>
       <c r="M64" s="1"/>
       <c r="N64" s="1"/>
     </row>
-    <row r="65" spans="3:14" ht="17" customHeight="1">
+    <row r="65" spans="3:14" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C65" s="8"/>
       <c r="D65" s="52" t="s">
         <v>5</v>
       </c>
-      <c r="E65" s="236" t="s">
+      <c r="E65" s="154" t="s">
         <v>94</v>
       </c>
-      <c r="F65" s="236"/>
+      <c r="F65" s="154"/>
       <c r="I65" s="1"/>
       <c r="K65" s="1"/>
       <c r="L65" s="1"/>
       <c r="M65" s="1"/>
       <c r="N65" s="1"/>
     </row>
-    <row r="66" spans="3:14" ht="17" customHeight="1">
+    <row r="66" spans="3:14" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D66" s="53" t="s">
         <v>6</v>
       </c>
-      <c r="E66" s="236" t="s">
+      <c r="E66" s="154" t="s">
         <v>95</v>
       </c>
-      <c r="F66" s="236"/>
+      <c r="F66" s="154"/>
       <c r="I66" s="1"/>
       <c r="K66" s="1"/>
       <c r="L66" s="1"/>
       <c r="M66" s="1"/>
       <c r="N66" s="1"/>
     </row>
-    <row r="67" spans="3:14" ht="17" customHeight="1">
+    <row r="67" spans="3:14" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D67" s="53" t="s">
         <v>8</v>
       </c>
-      <c r="E67" s="236" t="s">
+      <c r="E67" s="154" t="s">
         <v>96</v>
       </c>
-      <c r="F67" s="236"/>
+      <c r="F67" s="154"/>
       <c r="I67" s="1"/>
       <c r="K67" s="1"/>
       <c r="L67" s="1"/>
       <c r="M67" s="1"/>
       <c r="N67" s="1"/>
     </row>
-    <row r="68" spans="3:14" ht="17" customHeight="1">
+    <row r="68" spans="3:14" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D68" s="53" t="s">
         <v>7</v>
       </c>
-      <c r="E68" s="236" t="s">
+      <c r="E68" s="154" t="s">
         <v>97</v>
       </c>
-      <c r="F68" s="236"/>
+      <c r="F68" s="154"/>
       <c r="I68" s="1"/>
       <c r="K68" s="1"/>
       <c r="L68" s="1"/>
       <c r="M68" s="1"/>
       <c r="N68" s="1"/>
     </row>
-    <row r="69" spans="3:14" ht="17" customHeight="1">
+    <row r="69" spans="3:14" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D69" s="53" t="s">
         <v>9</v>
       </c>
-      <c r="E69" s="236" t="s">
+      <c r="E69" s="154" t="s">
         <v>98</v>
       </c>
-      <c r="F69" s="236"/>
+      <c r="F69" s="154"/>
       <c r="I69" s="1"/>
       <c r="K69" s="1"/>
       <c r="L69" s="1"/>
       <c r="M69" s="1"/>
       <c r="N69" s="1"/>
     </row>
-    <row r="70" spans="3:14" ht="17" customHeight="1">
+    <row r="70" spans="3:14" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D70" s="53" t="s">
         <v>10</v>
       </c>
-      <c r="E70" s="236" t="s">
+      <c r="E70" s="154" t="s">
         <v>99</v>
       </c>
-      <c r="F70" s="236"/>
-[...1 lines deleted...]
-    <row r="71" spans="3:14" ht="17" customHeight="1" thickBot="1">
+      <c r="F70" s="154"/>
+    </row>
+    <row r="71" spans="3:14" ht="17.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="D71" s="54" t="s">
         <v>11</v>
       </c>
-      <c r="E71" s="236" t="s">
+      <c r="E71" s="154" t="s">
         <v>100</v>
       </c>
-      <c r="F71" s="236"/>
+      <c r="F71" s="154"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="YZs6QhdKJFaldeVKdOZeAVP/9Ofddl5G2nL7FmmEjdKwk0mKdT/htzHs4k5VCf2sPRj/ziZbx2cMpQ2NTIShyA==" saltValue="6sNAJHQvz49qGdmBN+PIHQ==" spinCount="100000" sheet="1" insertRows="0" selectLockedCells="1"/>
+  <sheetProtection insertRows="0" selectLockedCells="1"/>
   <mergeCells count="70">
-    <mergeCell ref="E69:F69"/>
-[...36 lines deleted...]
-    <mergeCell ref="A6:D6"/>
+    <mergeCell ref="E1:N1"/>
+    <mergeCell ref="E4:H4"/>
+    <mergeCell ref="E6:H6"/>
+    <mergeCell ref="M43:M45"/>
+    <mergeCell ref="A7:N7"/>
+    <mergeCell ref="I6:M6"/>
+    <mergeCell ref="E44:E45"/>
+    <mergeCell ref="B44:B45"/>
+    <mergeCell ref="C44:C45"/>
+    <mergeCell ref="D9:D11"/>
+    <mergeCell ref="D44:D45"/>
+    <mergeCell ref="J43:L43"/>
+    <mergeCell ref="A4:D4"/>
+    <mergeCell ref="N10:N11"/>
+    <mergeCell ref="A8:L8"/>
+    <mergeCell ref="A9:A11"/>
     <mergeCell ref="A27:N27"/>
     <mergeCell ref="F63:G63"/>
     <mergeCell ref="D63:E63"/>
     <mergeCell ref="B9:B11"/>
     <mergeCell ref="A44:A45"/>
     <mergeCell ref="J44:J45"/>
     <mergeCell ref="I10:I11"/>
     <mergeCell ref="C9:C11"/>
     <mergeCell ref="J10:J11"/>
     <mergeCell ref="A12:N12"/>
     <mergeCell ref="A17:N17"/>
     <mergeCell ref="A22:N22"/>
     <mergeCell ref="A26:L26"/>
     <mergeCell ref="A21:L21"/>
     <mergeCell ref="A16:L16"/>
     <mergeCell ref="C61:L61"/>
-    <mergeCell ref="E1:N1"/>
-[...14 lines deleted...]
-    <mergeCell ref="A9:A11"/>
+    <mergeCell ref="A2:N3"/>
+    <mergeCell ref="E5:N5"/>
+    <mergeCell ref="E9:E11"/>
+    <mergeCell ref="F9:G10"/>
+    <mergeCell ref="H9:H11"/>
+    <mergeCell ref="J9:L9"/>
+    <mergeCell ref="M9:M11"/>
+    <mergeCell ref="I4:M4"/>
+    <mergeCell ref="K10:K11"/>
+    <mergeCell ref="L10:L11"/>
+    <mergeCell ref="A5:D5"/>
+    <mergeCell ref="A6:D6"/>
+    <mergeCell ref="A56:N56"/>
+    <mergeCell ref="A51:N51"/>
+    <mergeCell ref="A46:N46"/>
+    <mergeCell ref="N44:N45"/>
+    <mergeCell ref="A60:L60"/>
+    <mergeCell ref="L44:L45"/>
+    <mergeCell ref="K44:K45"/>
+    <mergeCell ref="F44:G44"/>
+    <mergeCell ref="A31:L31"/>
+    <mergeCell ref="A41:L41"/>
+    <mergeCell ref="A36:L36"/>
+    <mergeCell ref="A55:L55"/>
+    <mergeCell ref="A50:L50"/>
+    <mergeCell ref="B42:L42"/>
+    <mergeCell ref="H44:H45"/>
+    <mergeCell ref="I44:I45"/>
+    <mergeCell ref="A32:N32"/>
+    <mergeCell ref="A37:N37"/>
+    <mergeCell ref="E69:F69"/>
+    <mergeCell ref="E70:F70"/>
+    <mergeCell ref="E71:F71"/>
+    <mergeCell ref="E64:F64"/>
+    <mergeCell ref="E65:F65"/>
+    <mergeCell ref="E66:F66"/>
+    <mergeCell ref="E67:F67"/>
+    <mergeCell ref="E68:F68"/>
   </mergeCells>
   <conditionalFormatting sqref="M42:N42">
     <cfRule type="cellIs" dxfId="2" priority="2" operator="greaterThan">
       <formula>(M8*8)/92</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="M42">
     <cfRule type="cellIs" dxfId="1" priority="1" operator="greaterThan">
       <formula>$N$43</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="2">
-    <dataValidation type="decimal" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Import superior a la factura" error="L'import introduït es superior a l'import de la factura_x000a_" sqref="N54 N49 N30 N15 N40 N20 N25 N35 N59" xr:uid="{00000000-0002-0000-0000-000000000000}">
+    <dataValidation type="decimal" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Import superior a la factura" error="L'import introduït es superior a l'import de la factura_x000a_" sqref="N54 N49 N30 N15 N40 N20 N25 N35 N59">
       <formula1>L15</formula1>
     </dataValidation>
-    <dataValidation type="decimal" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Import superior a la factura" error="L'import introduït es superior a l'import de la factura_x000a_" sqref="N53 N14 N19 N24 N29 N34 N39 N48 N58" xr:uid="{00000000-0002-0000-0000-000001000000}">
+    <dataValidation type="decimal" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Import superior a la factura" error="L'import introduït es superior a l'import de la factura_x000a_" sqref="N53 N14 N19 N24 N29 N34 N39 N48 N58">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.15748031496062992" right="0.15748031496062992" top="0.15748031496062992" bottom="0.35433070866141736" header="0" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="48" fitToHeight="0" orientation="landscape" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="54" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:G44"/>
   <sheetViews>
-    <sheetView view="pageBreakPreview" topLeftCell="A13" zoomScaleNormal="87" zoomScaleSheetLayoutView="100" zoomScalePageLayoutView="87" workbookViewId="0">
-      <selection activeCell="D1" sqref="D1:G1"/>
+    <sheetView view="pageBreakPreview" topLeftCell="A16" zoomScaleNormal="87" zoomScaleSheetLayoutView="100" zoomScalePageLayoutView="87" workbookViewId="0">
+      <selection activeCell="F29" sqref="F29"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.5" defaultRowHeight="11"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="4.6640625" style="55" customWidth="1"/>
-    <col min="2" max="2" width="44.83203125" style="55" customWidth="1"/>
+    <col min="1" max="1" width="4.7109375" style="55" customWidth="1"/>
+    <col min="2" max="2" width="44.85546875" style="55" customWidth="1"/>
     <col min="3" max="3" width="21" style="55" customWidth="1"/>
-    <col min="4" max="4" width="35.5" style="55" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="6" max="6" width="16.6640625" style="93" customWidth="1"/>
+    <col min="4" max="4" width="35.5703125" style="55" customWidth="1"/>
+    <col min="5" max="5" width="21.7109375" style="93" customWidth="1"/>
+    <col min="6" max="6" width="16.7109375" style="93" customWidth="1"/>
     <col min="7" max="7" width="45" style="93" customWidth="1"/>
-    <col min="8" max="16384" width="11.5" style="55"/>
+    <col min="8" max="16384" width="11.42578125" style="55"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" ht="61.5" customHeight="1">
-[...8 lines deleted...]
-      <c r="A2" s="248" t="s">
+    <row r="1" spans="1:7" ht="61.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D1" s="251" t="s">
+        <v>125</v>
+      </c>
+      <c r="E1" s="252"/>
+      <c r="F1" s="252"/>
+      <c r="G1" s="252"/>
+    </row>
+    <row r="2" spans="1:7" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="260" t="s">
         <v>106</v>
       </c>
-      <c r="B2" s="248"/>
-[...16 lines deleted...]
-      <c r="A4" s="241" t="s">
+      <c r="B2" s="260"/>
+      <c r="C2" s="260"/>
+      <c r="D2" s="260"/>
+      <c r="E2" s="260"/>
+      <c r="F2" s="260"/>
+      <c r="G2" s="260"/>
+    </row>
+    <row r="3" spans="1:7" ht="0.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="261"/>
+      <c r="B3" s="261"/>
+      <c r="C3" s="261"/>
+      <c r="D3" s="261"/>
+      <c r="E3" s="261"/>
+      <c r="F3" s="261"/>
+      <c r="G3" s="261"/>
+    </row>
+    <row r="4" spans="1:7" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="253" t="s">
         <v>54</v>
       </c>
-      <c r="B4" s="241"/>
-      <c r="C4" s="243" t="str">
+      <c r="B4" s="253"/>
+      <c r="C4" s="255" t="str">
         <f>'Relación de gastos'!E4</f>
         <v xml:space="preserve">  -</v>
       </c>
-      <c r="D4" s="244"/>
-      <c r="E4" s="242" t="s">
+      <c r="D4" s="256"/>
+      <c r="E4" s="254" t="s">
         <v>24</v>
       </c>
-      <c r="F4" s="242"/>
+      <c r="F4" s="254"/>
       <c r="G4" s="56" t="str">
         <f>'Relación de gastos'!N4</f>
         <v xml:space="preserve">  -</v>
       </c>
     </row>
-    <row r="5" spans="1:7" ht="31.5" customHeight="1">
-      <c r="A5" s="241" t="s">
+    <row r="5" spans="1:7" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="253" t="s">
         <v>55</v>
       </c>
-      <c r="B5" s="241"/>
-      <c r="C5" s="243" t="str">
+      <c r="B5" s="253"/>
+      <c r="C5" s="255" t="str">
         <f>'Relación de gastos'!E5</f>
         <v xml:space="preserve">  -</v>
       </c>
-      <c r="D5" s="245"/>
-[...5 lines deleted...]
-      <c r="A6" s="241" t="s">
+      <c r="D5" s="257"/>
+      <c r="E5" s="257"/>
+      <c r="F5" s="257"/>
+      <c r="G5" s="256"/>
+    </row>
+    <row r="6" spans="1:7" ht="36.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="253" t="s">
         <v>56</v>
       </c>
-      <c r="B6" s="241"/>
-      <c r="C6" s="246">
+      <c r="B6" s="253"/>
+      <c r="C6" s="258">
         <f>'Relación de gastos'!E6</f>
         <v>0</v>
       </c>
-      <c r="D6" s="247"/>
-      <c r="E6" s="242" t="s">
+      <c r="D6" s="259"/>
+      <c r="E6" s="254" t="s">
         <v>26</v>
       </c>
-      <c r="F6" s="242"/>
+      <c r="F6" s="254"/>
       <c r="G6" s="57">
         <f>'Relación de gastos'!N6</f>
         <v>0</v>
       </c>
     </row>
-    <row r="7" spans="1:7" ht="21" customHeight="1" thickBot="1">
+    <row r="7" spans="1:7" ht="21" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A7" s="58" t="s">
         <v>57</v>
       </c>
       <c r="B7" s="59"/>
       <c r="C7" s="59"/>
       <c r="D7" s="59"/>
       <c r="E7" s="59"/>
       <c r="F7" s="60"/>
       <c r="G7" s="59"/>
     </row>
-    <row r="8" spans="1:7" s="61" customFormat="1" ht="50.25" customHeight="1">
-      <c r="A8" s="256" t="s">
+    <row r="8" spans="1:7" s="61" customFormat="1" ht="50.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="246" t="s">
         <v>21</v>
       </c>
-      <c r="B8" s="167" t="s">
+      <c r="B8" s="230" t="s">
         <v>58</v>
       </c>
-      <c r="C8" s="230" t="s">
+      <c r="C8" s="176" t="s">
         <v>32</v>
       </c>
-      <c r="D8" s="231"/>
-      <c r="E8" s="167" t="s">
+      <c r="D8" s="177"/>
+      <c r="E8" s="230" t="s">
         <v>59</v>
       </c>
-      <c r="F8" s="167" t="s">
+      <c r="F8" s="230" t="s">
         <v>60</v>
       </c>
-      <c r="G8" s="254" t="s">
+      <c r="G8" s="244" t="s">
         <v>111</v>
       </c>
     </row>
-    <row r="9" spans="1:7" s="61" customFormat="1" ht="48.75" customHeight="1" thickBot="1">
-[...1 lines deleted...]
-      <c r="B9" s="168"/>
+    <row r="9" spans="1:7" s="61" customFormat="1" ht="48.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="247"/>
+      <c r="B9" s="231"/>
       <c r="C9" s="40" t="s">
         <v>0</v>
       </c>
       <c r="D9" s="41" t="s">
         <v>40</v>
       </c>
-      <c r="E9" s="168"/>
-[...4 lines deleted...]
-      <c r="A10" s="187" t="s">
+      <c r="E9" s="231"/>
+      <c r="F9" s="231"/>
+      <c r="G9" s="245"/>
+    </row>
+    <row r="10" spans="1:7" s="1" customFormat="1" ht="32.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="167" t="s">
         <v>86</v>
       </c>
-      <c r="B10" s="188"/>
-[...6 lines deleted...]
-    <row r="11" spans="1:7" s="67" customFormat="1" ht="21" customHeight="1" thickBot="1">
+      <c r="B10" s="168"/>
+      <c r="C10" s="168"/>
+      <c r="D10" s="168"/>
+      <c r="E10" s="168"/>
+      <c r="F10" s="168"/>
+      <c r="G10" s="169"/>
+    </row>
+    <row r="11" spans="1:7" s="67" customFormat="1" ht="21" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A11" s="138">
         <v>1</v>
       </c>
       <c r="B11" s="139"/>
       <c r="C11" s="139"/>
       <c r="D11" s="139"/>
       <c r="E11" s="140"/>
       <c r="F11" s="65">
         <f>'Relación de gastos'!N6</f>
         <v>0</v>
       </c>
       <c r="G11" s="66"/>
     </row>
-    <row r="12" spans="1:7" ht="22.5" customHeight="1" thickBot="1">
-      <c r="A12" s="258" t="s">
+    <row r="12" spans="1:7" ht="22.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="248" t="s">
         <v>12</v>
       </c>
-      <c r="B12" s="259"/>
-[...2 lines deleted...]
-      <c r="E12" s="260"/>
+      <c r="B12" s="249"/>
+      <c r="C12" s="249"/>
+      <c r="D12" s="249"/>
+      <c r="E12" s="250"/>
       <c r="F12" s="68">
         <f>SUM(F11:F11)</f>
         <v>0</v>
       </c>
       <c r="G12" s="69"/>
     </row>
-    <row r="13" spans="1:7" ht="32.25" customHeight="1" thickBot="1">
-      <c r="A13" s="187" t="s">
+    <row r="13" spans="1:7" ht="32.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="167" t="s">
         <v>87</v>
       </c>
-      <c r="B13" s="188"/>
-[...6 lines deleted...]
-    <row r="14" spans="1:7" ht="22.5" customHeight="1">
+      <c r="B13" s="168"/>
+      <c r="C13" s="168"/>
+      <c r="D13" s="168"/>
+      <c r="E13" s="168"/>
+      <c r="F13" s="168"/>
+      <c r="G13" s="169"/>
+    </row>
+    <row r="14" spans="1:7" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="70">
         <v>2</v>
       </c>
       <c r="B14" s="71"/>
       <c r="C14" s="63"/>
       <c r="D14" s="63"/>
       <c r="E14" s="64"/>
       <c r="F14" s="72"/>
       <c r="G14" s="73" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="15" spans="1:7" s="67" customFormat="1" ht="20.25" customHeight="1">
+    <row r="15" spans="1:7" s="67" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="74" t="s">
         <v>2</v>
       </c>
       <c r="B15" s="75"/>
       <c r="C15" s="76"/>
       <c r="D15" s="76"/>
       <c r="E15" s="64"/>
       <c r="F15" s="77"/>
       <c r="G15" s="78" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="16" spans="1:7" s="67" customFormat="1" ht="19.5" customHeight="1" thickBot="1">
+    <row r="16" spans="1:7" s="67" customFormat="1" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A16" s="141"/>
       <c r="B16" s="142"/>
       <c r="C16" s="143"/>
       <c r="D16" s="143"/>
       <c r="E16" s="140"/>
       <c r="F16" s="77"/>
       <c r="G16" s="79"/>
     </row>
-    <row r="17" spans="1:7" ht="19.5" customHeight="1" thickBot="1">
-      <c r="A17" s="258" t="s">
+    <row r="17" spans="1:7" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="248" t="s">
         <v>13</v>
       </c>
-      <c r="B17" s="259"/>
-[...2 lines deleted...]
-      <c r="E17" s="260"/>
+      <c r="B17" s="249"/>
+      <c r="C17" s="249"/>
+      <c r="D17" s="249"/>
+      <c r="E17" s="250"/>
       <c r="F17" s="68">
         <f t="shared" ref="F17" si="0">SUM(F14:F16)</f>
         <v>0</v>
       </c>
       <c r="G17" s="69"/>
     </row>
-    <row r="18" spans="1:7" ht="33" customHeight="1" thickBot="1">
-      <c r="A18" s="187" t="s">
+    <row r="18" spans="1:7" ht="33" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="167" t="s">
         <v>88</v>
       </c>
-      <c r="B18" s="188"/>
-[...6 lines deleted...]
-    <row r="19" spans="1:7" ht="18" customHeight="1">
+      <c r="B18" s="168"/>
+      <c r="C18" s="168"/>
+      <c r="D18" s="168"/>
+      <c r="E18" s="168"/>
+      <c r="F18" s="168"/>
+      <c r="G18" s="169"/>
+    </row>
+    <row r="19" spans="1:7" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="70"/>
       <c r="B19" s="71"/>
       <c r="C19" s="63"/>
       <c r="D19" s="63"/>
       <c r="E19" s="64"/>
       <c r="F19" s="80"/>
       <c r="G19" s="66"/>
     </row>
-    <row r="20" spans="1:7" s="67" customFormat="1" ht="22.5" customHeight="1">
+    <row r="20" spans="1:7" s="67" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="81"/>
       <c r="B20" s="75"/>
       <c r="C20" s="76"/>
       <c r="D20" s="76"/>
       <c r="E20" s="64"/>
       <c r="F20" s="82"/>
       <c r="G20" s="79"/>
     </row>
-    <row r="21" spans="1:7" s="67" customFormat="1" ht="20.25" customHeight="1" thickBot="1">
+    <row r="21" spans="1:7" s="67" customFormat="1" ht="20.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A21" s="144"/>
       <c r="B21" s="142"/>
       <c r="C21" s="143"/>
       <c r="D21" s="143"/>
       <c r="E21" s="140"/>
       <c r="F21" s="82"/>
       <c r="G21" s="79"/>
     </row>
-    <row r="22" spans="1:7" ht="23.25" customHeight="1" thickBot="1">
-      <c r="A22" s="258" t="s">
+    <row r="22" spans="1:7" ht="23.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="248" t="s">
         <v>14</v>
       </c>
-      <c r="B22" s="259"/>
-[...2 lines deleted...]
-      <c r="E22" s="260"/>
+      <c r="B22" s="249"/>
+      <c r="C22" s="249"/>
+      <c r="D22" s="249"/>
+      <c r="E22" s="250"/>
       <c r="F22" s="68">
         <f t="shared" ref="F22" si="1">SUM(F19:F21)</f>
         <v>0</v>
       </c>
       <c r="G22" s="83"/>
     </row>
-    <row r="23" spans="1:7" ht="44.25" customHeight="1" thickBot="1">
-      <c r="A23" s="187" t="s">
+    <row r="23" spans="1:7" ht="44.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="167" t="s">
         <v>83</v>
       </c>
-      <c r="B23" s="188"/>
-[...6 lines deleted...]
-    <row r="24" spans="1:7" ht="22.5" customHeight="1">
+      <c r="B23" s="168"/>
+      <c r="C23" s="168"/>
+      <c r="D23" s="168"/>
+      <c r="E23" s="168"/>
+      <c r="F23" s="168"/>
+      <c r="G23" s="169"/>
+    </row>
+    <row r="24" spans="1:7" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="62"/>
       <c r="B24" s="63"/>
       <c r="C24" s="63"/>
       <c r="D24" s="63"/>
       <c r="E24" s="64"/>
       <c r="F24" s="80"/>
       <c r="G24" s="80"/>
     </row>
-    <row r="25" spans="1:7" s="67" customFormat="1" ht="20.25" customHeight="1">
+    <row r="25" spans="1:7" s="67" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="84"/>
       <c r="B25" s="76"/>
       <c r="C25" s="76"/>
       <c r="D25" s="76"/>
       <c r="E25" s="64"/>
       <c r="F25" s="82"/>
       <c r="G25" s="82"/>
     </row>
-    <row r="26" spans="1:7" s="67" customFormat="1" ht="19.5" customHeight="1" thickBot="1">
+    <row r="26" spans="1:7" s="67" customFormat="1" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A26" s="144"/>
       <c r="B26" s="142"/>
       <c r="C26" s="143"/>
       <c r="D26" s="143"/>
       <c r="E26" s="140"/>
       <c r="F26" s="82"/>
       <c r="G26" s="82"/>
     </row>
-    <row r="27" spans="1:7" ht="19.5" customHeight="1" thickBot="1">
-      <c r="A27" s="258" t="s">
+    <row r="27" spans="1:7" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="248" t="s">
         <v>15</v>
       </c>
-      <c r="B27" s="259"/>
-[...2 lines deleted...]
-      <c r="E27" s="260"/>
+      <c r="B27" s="249"/>
+      <c r="C27" s="249"/>
+      <c r="D27" s="249"/>
+      <c r="E27" s="250"/>
       <c r="F27" s="68">
         <f t="shared" ref="F27" si="2">SUM(F24:F26)</f>
         <v>0</v>
       </c>
       <c r="G27" s="83"/>
     </row>
-    <row r="28" spans="1:7" ht="19.5" customHeight="1" thickBot="1">
-      <c r="A28" s="187" t="s">
+    <row r="28" spans="1:7" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="167" t="s">
         <v>84</v>
       </c>
-      <c r="B28" s="188"/>
-[...6 lines deleted...]
-    <row r="29" spans="1:7" ht="19.5" customHeight="1" thickBot="1">
+      <c r="B28" s="168"/>
+      <c r="C28" s="168"/>
+      <c r="D28" s="168"/>
+      <c r="E28" s="168"/>
+      <c r="F28" s="168"/>
+      <c r="G28" s="169"/>
+    </row>
+    <row r="29" spans="1:7" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A29" s="85"/>
       <c r="B29" s="86"/>
       <c r="C29" s="145"/>
       <c r="D29" s="145"/>
       <c r="E29" s="87"/>
       <c r="F29" s="88"/>
       <c r="G29" s="89"/>
     </row>
-    <row r="30" spans="1:7" ht="21.75" customHeight="1" thickBot="1">
-      <c r="A30" s="258" t="s">
+    <row r="30" spans="1:7" ht="21.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="248" t="s">
         <v>16</v>
       </c>
-      <c r="B30" s="259"/>
-[...2 lines deleted...]
-      <c r="E30" s="260"/>
+      <c r="B30" s="249"/>
+      <c r="C30" s="249"/>
+      <c r="D30" s="249"/>
+      <c r="E30" s="250"/>
       <c r="F30" s="68">
         <f>F29</f>
         <v>0</v>
       </c>
       <c r="G30" s="83"/>
     </row>
-    <row r="31" spans="1:7" ht="35.25" customHeight="1" thickBot="1">
-      <c r="A31" s="187" t="s">
+    <row r="31" spans="1:7" ht="35.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="167" t="s">
         <v>85</v>
       </c>
-      <c r="B31" s="188"/>
-[...6 lines deleted...]
-    <row r="32" spans="1:7" ht="21.75" customHeight="1">
+      <c r="B31" s="168"/>
+      <c r="C31" s="168"/>
+      <c r="D31" s="168"/>
+      <c r="E31" s="168"/>
+      <c r="F31" s="168"/>
+      <c r="G31" s="169"/>
+    </row>
+    <row r="32" spans="1:7" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A32" s="62"/>
       <c r="B32" s="63"/>
       <c r="C32" s="63"/>
       <c r="D32" s="63"/>
       <c r="E32" s="64"/>
       <c r="F32" s="80"/>
       <c r="G32" s="66"/>
     </row>
-    <row r="33" spans="1:7" s="67" customFormat="1" ht="19.5" customHeight="1">
+    <row r="33" spans="1:7" s="67" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="84"/>
       <c r="B33" s="76"/>
       <c r="C33" s="76"/>
       <c r="D33" s="76"/>
       <c r="E33" s="64"/>
       <c r="F33" s="82"/>
       <c r="G33" s="79"/>
     </row>
-    <row r="34" spans="1:7" s="67" customFormat="1" ht="18" customHeight="1" thickBot="1">
+    <row r="34" spans="1:7" s="67" customFormat="1" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A34" s="144"/>
       <c r="B34" s="142"/>
       <c r="C34" s="143"/>
       <c r="D34" s="143"/>
       <c r="E34" s="140"/>
       <c r="F34" s="82"/>
       <c r="G34" s="79"/>
     </row>
-    <row r="35" spans="1:7" ht="19.5" customHeight="1" thickBot="1">
-      <c r="A35" s="258" t="s">
+    <row r="35" spans="1:7" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="248" t="s">
         <v>22</v>
       </c>
-      <c r="B35" s="259"/>
-[...2 lines deleted...]
-      <c r="E35" s="260"/>
+      <c r="B35" s="249"/>
+      <c r="C35" s="249"/>
+      <c r="D35" s="249"/>
+      <c r="E35" s="250"/>
       <c r="F35" s="68">
         <f t="shared" ref="F35" si="3">SUM(F32:F34)</f>
         <v>0</v>
       </c>
       <c r="G35" s="69"/>
     </row>
-    <row r="36" spans="1:7" ht="28.5" customHeight="1" thickBot="1">
-      <c r="A36" s="252" t="s">
+    <row r="36" spans="1:7" ht="28.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="242" t="s">
         <v>61</v>
       </c>
-      <c r="B36" s="253"/>
-[...2 lines deleted...]
-      <c r="E36" s="253"/>
+      <c r="B36" s="243"/>
+      <c r="C36" s="243"/>
+      <c r="D36" s="243"/>
+      <c r="E36" s="243"/>
       <c r="F36" s="90">
         <f>F12+F17+F22+F27+F30+F35</f>
         <v>0</v>
       </c>
       <c r="G36" s="91"/>
     </row>
-    <row r="37" spans="1:7">
+    <row r="37" spans="1:7" x14ac:dyDescent="0.25">
       <c r="C37" s="92"/>
     </row>
-    <row r="38" spans="1:7">
+    <row r="38" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B38" s="94"/>
       <c r="C38" s="95"/>
       <c r="E38" s="96"/>
       <c r="F38" s="55"/>
       <c r="G38" s="96"/>
     </row>
-    <row r="39" spans="1:7" ht="33" customHeight="1">
+    <row r="39" spans="1:7" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C39" s="92"/>
       <c r="E39" s="55"/>
       <c r="F39" s="55"/>
       <c r="G39" s="55"/>
     </row>
-    <row r="40" spans="1:7" ht="45" customHeight="1">
+    <row r="40" spans="1:7" ht="45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C40" s="97"/>
       <c r="D40" s="98"/>
-      <c r="E40" s="250"/>
-      <c r="F40" s="251"/>
+      <c r="E40" s="240"/>
+      <c r="F40" s="241"/>
       <c r="G40" s="55"/>
     </row>
-    <row r="41" spans="1:7">
+    <row r="41" spans="1:7" x14ac:dyDescent="0.25">
       <c r="E41" s="55"/>
       <c r="F41" s="55"/>
       <c r="G41" s="55"/>
     </row>
-    <row r="42" spans="1:7">
+    <row r="42" spans="1:7" x14ac:dyDescent="0.25">
       <c r="E42" s="55"/>
       <c r="F42" s="55"/>
       <c r="G42" s="55"/>
     </row>
-    <row r="43" spans="1:7" ht="35.25" customHeight="1">
+    <row r="43" spans="1:7" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B43" s="94"/>
       <c r="C43" s="49"/>
       <c r="D43" s="94"/>
       <c r="E43" s="49"/>
       <c r="F43" s="55"/>
       <c r="G43" s="55"/>
     </row>
-    <row r="44" spans="1:7" ht="30.75" customHeight="1">
+    <row r="44" spans="1:7" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="F44" s="55"/>
       <c r="G44" s="55"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="eDSSYF4yXc3RyWFTaY89Y0uB34Tq9d3JVzeSusAU77J9tG0pSPSHXJPkAkjaJBD3JPGHvVHKvIipvNEBo22X8Q==" saltValue="dAJVkD3EEC+AnPrS8OT6kw==" spinCount="100000" sheet="1" insertRows="0" selectLockedCells="1"/>
+  <sheetProtection insertRows="0" selectLockedCells="1"/>
   <mergeCells count="30">
+    <mergeCell ref="A28:G28"/>
+    <mergeCell ref="A23:G23"/>
+    <mergeCell ref="A18:G18"/>
+    <mergeCell ref="A13:G13"/>
+    <mergeCell ref="D1:G1"/>
+    <mergeCell ref="A5:B5"/>
+    <mergeCell ref="A6:B6"/>
+    <mergeCell ref="A4:B4"/>
+    <mergeCell ref="E4:F4"/>
+    <mergeCell ref="C4:D4"/>
+    <mergeCell ref="C5:G5"/>
+    <mergeCell ref="E6:F6"/>
+    <mergeCell ref="C6:D6"/>
+    <mergeCell ref="A2:G3"/>
     <mergeCell ref="E40:F40"/>
     <mergeCell ref="A36:E36"/>
     <mergeCell ref="E8:E9"/>
     <mergeCell ref="C8:D8"/>
     <mergeCell ref="G8:G9"/>
     <mergeCell ref="A8:A9"/>
     <mergeCell ref="B8:B9"/>
     <mergeCell ref="F8:F9"/>
     <mergeCell ref="A10:G10"/>
     <mergeCell ref="A35:E35"/>
     <mergeCell ref="A30:E30"/>
     <mergeCell ref="A27:E27"/>
     <mergeCell ref="A22:E22"/>
     <mergeCell ref="A17:E17"/>
     <mergeCell ref="A12:E12"/>
     <mergeCell ref="A31:G31"/>
-    <mergeCell ref="A28:G28"/>
-[...12 lines deleted...]
-    <mergeCell ref="A2:G3"/>
   </mergeCells>
   <dataValidations count="2">
-    <dataValidation type="decimal" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Import superior a la factura" error="L'import introduït es superior a l'import de la factura_x000a_" sqref="G33 G25 G20 G15" xr:uid="{00000000-0002-0000-0100-000000000000}">
+    <dataValidation type="decimal" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Import superior a la factura" error="L'import introduït es superior a l'import de la factura_x000a_" sqref="G33 G25 G20 G15">
       <formula1>#REF!</formula1>
     </dataValidation>
-    <dataValidation type="decimal" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Import superior a la factura" error="L'import introduït es superior a l'import de la factura_x000a_" sqref="G26 G21 G16 G34" xr:uid="{00000000-0002-0000-0100-000001000000}">
+    <dataValidation type="decimal" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Import superior a la factura" error="L'import introduït es superior a l'import de la factura_x000a_" sqref="G26 G21 G16 G34">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.15748031496062992" right="0.15748031496062992" top="0.15748031496062992" bottom="0.35433070866141736" header="0" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="68" fitToHeight="0" orientation="landscape" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="76" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:J38"/>
   <sheetViews>
     <sheetView topLeftCell="A4" zoomScale="75" zoomScaleNormal="75" zoomScaleSheetLayoutView="66" zoomScalePageLayoutView="118" workbookViewId="0">
-      <selection activeCell="C12" sqref="C12"/>
+      <selection activeCell="J13" sqref="J13"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.5" defaultRowHeight="11"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="4.6640625" style="55" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="5" width="19.5" style="55" customWidth="1"/>
+    <col min="1" max="1" width="4.7109375" style="55" customWidth="1"/>
+    <col min="2" max="2" width="52.140625" style="55" customWidth="1"/>
+    <col min="3" max="3" width="21.7109375" style="55" customWidth="1"/>
+    <col min="4" max="4" width="22.28515625" style="55" customWidth="1"/>
+    <col min="5" max="5" width="19.42578125" style="55" customWidth="1"/>
     <col min="6" max="6" width="29" style="93" customWidth="1"/>
-    <col min="7" max="7" width="38.33203125" style="93" customWidth="1"/>
-    <col min="8" max="8" width="19.83203125" style="93" customWidth="1"/>
+    <col min="7" max="7" width="38.28515625" style="93" customWidth="1"/>
+    <col min="8" max="8" width="19.85546875" style="93" customWidth="1"/>
     <col min="9" max="9" width="17" style="93" customWidth="1"/>
-    <col min="10" max="10" width="16.6640625" style="93" customWidth="1"/>
-    <col min="11" max="16384" width="11.5" style="55"/>
+    <col min="10" max="10" width="16.7109375" style="93" customWidth="1"/>
+    <col min="11" max="16384" width="11.42578125" style="55"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" ht="61.5" customHeight="1">
-[...9 lines deleted...]
-      <c r="A2" s="283" t="s">
+    <row r="1" spans="1:10" ht="61.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="F1" s="283" t="s">
+        <v>124</v>
+      </c>
+      <c r="G1" s="283"/>
+      <c r="H1" s="283"/>
+      <c r="I1" s="283"/>
+      <c r="J1" s="283"/>
+    </row>
+    <row r="2" spans="1:10" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="295" t="s">
         <v>108</v>
       </c>
-      <c r="B2" s="209"/>
-[...22 lines deleted...]
-      <c r="A4" s="265" t="s">
+      <c r="B2" s="178"/>
+      <c r="C2" s="178"/>
+      <c r="D2" s="178"/>
+      <c r="E2" s="178"/>
+      <c r="F2" s="178"/>
+      <c r="G2" s="178"/>
+      <c r="H2" s="178"/>
+      <c r="I2" s="178"/>
+      <c r="J2" s="178"/>
+    </row>
+    <row r="3" spans="1:10" ht="13.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="296"/>
+      <c r="B3" s="296"/>
+      <c r="C3" s="296"/>
+      <c r="D3" s="296"/>
+      <c r="E3" s="296"/>
+      <c r="F3" s="296"/>
+      <c r="G3" s="296"/>
+      <c r="H3" s="296"/>
+      <c r="I3" s="296"/>
+      <c r="J3" s="296"/>
+    </row>
+    <row r="4" spans="1:10" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="284" t="s">
         <v>54</v>
       </c>
-      <c r="B4" s="273"/>
+      <c r="B4" s="285"/>
       <c r="C4" s="99" t="str">
         <f>'Relación de gastos'!E4</f>
         <v xml:space="preserve">  -</v>
       </c>
       <c r="D4" s="100"/>
       <c r="E4" s="100"/>
       <c r="F4" s="100"/>
       <c r="G4" s="100"/>
-      <c r="H4" s="279" t="s">
+      <c r="H4" s="291" t="s">
         <v>24</v>
       </c>
-      <c r="I4" s="280"/>
+      <c r="I4" s="292"/>
       <c r="J4" s="56" t="str">
         <f>'Relación de gastos'!N4</f>
         <v xml:space="preserve">  -</v>
       </c>
     </row>
-    <row r="5" spans="1:10" ht="39" customHeight="1">
-      <c r="A5" s="265" t="s">
+    <row r="5" spans="1:10" ht="39" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="284" t="s">
         <v>62</v>
       </c>
-      <c r="B5" s="266"/>
+      <c r="B5" s="299"/>
       <c r="C5" s="99" t="str">
         <f>'Relación de gastos'!E5</f>
         <v xml:space="preserve">  -</v>
       </c>
       <c r="D5" s="100"/>
       <c r="E5" s="100"/>
       <c r="F5" s="101"/>
       <c r="G5" s="101"/>
       <c r="H5" s="101"/>
       <c r="I5" s="101"/>
       <c r="J5" s="102"/>
     </row>
-    <row r="6" spans="1:10" ht="48.75" customHeight="1" thickBot="1">
-      <c r="A6" s="267" t="s">
+    <row r="6" spans="1:10" ht="48.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="300" t="s">
         <v>63</v>
       </c>
-      <c r="B6" s="268"/>
+      <c r="B6" s="301"/>
       <c r="C6" s="103">
         <f>'Relación de gastos'!E6</f>
         <v>0</v>
       </c>
       <c r="D6" s="104"/>
       <c r="E6" s="104"/>
       <c r="F6" s="104"/>
       <c r="G6" s="104"/>
-      <c r="H6" s="281" t="s">
+      <c r="H6" s="293" t="s">
         <v>26</v>
       </c>
-      <c r="I6" s="282"/>
+      <c r="I6" s="294"/>
       <c r="J6" s="105">
         <f>'Relación de gastos'!N6</f>
         <v>0</v>
       </c>
     </row>
-    <row r="7" spans="1:10" s="106" customFormat="1" ht="28.5" customHeight="1" thickBot="1">
-      <c r="A7" s="274" t="s">
+    <row r="7" spans="1:10" s="106" customFormat="1" ht="28.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="286" t="s">
         <v>64</v>
       </c>
-      <c r="B7" s="275"/>
-[...3 lines deleted...]
-      <c r="F7" s="274" t="s">
+      <c r="B7" s="287"/>
+      <c r="C7" s="287"/>
+      <c r="D7" s="287"/>
+      <c r="E7" s="288"/>
+      <c r="F7" s="286" t="s">
         <v>65</v>
       </c>
-      <c r="G7" s="277"/>
-[...5 lines deleted...]
-      <c r="A8" s="263" t="s">
+      <c r="G7" s="289"/>
+      <c r="H7" s="289"/>
+      <c r="I7" s="289"/>
+      <c r="J7" s="290"/>
+    </row>
+    <row r="8" spans="1:10" s="109" customFormat="1" ht="74.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="297" t="s">
         <v>66</v>
       </c>
-      <c r="B8" s="264"/>
+      <c r="B8" s="298"/>
       <c r="C8" s="107" t="s">
         <v>67</v>
       </c>
       <c r="D8" s="107" t="s">
         <v>68</v>
       </c>
       <c r="E8" s="108" t="s">
         <v>69</v>
       </c>
-      <c r="F8" s="263" t="s">
+      <c r="F8" s="297" t="s">
         <v>70</v>
       </c>
-      <c r="G8" s="264"/>
+      <c r="G8" s="298"/>
       <c r="H8" s="107" t="s">
         <v>67</v>
       </c>
       <c r="I8" s="107" t="s">
         <v>68</v>
       </c>
       <c r="J8" s="108" t="s">
         <v>69</v>
       </c>
     </row>
-    <row r="9" spans="1:10" s="109" customFormat="1" ht="33.75" customHeight="1">
-      <c r="A9" s="269" t="s">
+    <row r="9" spans="1:10" s="109" customFormat="1" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="302" t="s">
         <v>71</v>
       </c>
-      <c r="B9" s="270"/>
+      <c r="B9" s="303"/>
       <c r="C9" s="151"/>
       <c r="D9" s="152">
         <f>'Relación de gastos'!M16</f>
         <v>0</v>
       </c>
       <c r="E9" s="110">
         <f>D9-C9</f>
         <v>0</v>
       </c>
       <c r="F9" s="271" t="s">
         <v>72</v>
       </c>
       <c r="G9" s="271"/>
       <c r="H9" s="151"/>
       <c r="I9" s="152">
         <f>'Relación de ingresos'!F12</f>
         <v>0</v>
       </c>
       <c r="J9" s="110">
         <f>I9-H9</f>
         <v>0</v>
       </c>
     </row>
-    <row r="10" spans="1:10" s="109" customFormat="1" ht="39" customHeight="1">
-      <c r="A10" s="261" t="s">
+    <row r="10" spans="1:10" s="109" customFormat="1" ht="39" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="269" t="s">
         <v>73</v>
       </c>
-      <c r="B10" s="262"/>
+      <c r="B10" s="270"/>
       <c r="C10" s="151"/>
       <c r="D10" s="152">
         <f>'Relación de gastos'!M21</f>
         <v>0</v>
       </c>
       <c r="E10" s="110">
         <f t="shared" ref="E10:E17" si="0">D10-C10</f>
         <v>0</v>
       </c>
       <c r="F10" s="271" t="s">
         <v>80</v>
       </c>
       <c r="G10" s="271"/>
       <c r="H10" s="151"/>
       <c r="I10" s="152">
         <f>'Relación de ingresos'!F17</f>
         <v>0</v>
       </c>
       <c r="J10" s="110">
         <f t="shared" ref="J10:J13" si="1">I10-H10</f>
         <v>0</v>
       </c>
     </row>
-    <row r="11" spans="1:10" s="109" customFormat="1" ht="53.25" customHeight="1">
-      <c r="A11" s="261" t="s">
+    <row r="11" spans="1:10" s="109" customFormat="1" ht="53.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="269" t="s">
         <v>116</v>
       </c>
-      <c r="B11" s="262"/>
+      <c r="B11" s="270"/>
       <c r="C11" s="151"/>
       <c r="D11" s="152">
         <f>'Relación de gastos'!M26</f>
         <v>0</v>
       </c>
       <c r="E11" s="110">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="F11" s="271" t="s">
         <v>82</v>
       </c>
       <c r="G11" s="271"/>
       <c r="H11" s="151"/>
       <c r="I11" s="152">
         <f>'Relación de ingresos'!F22</f>
         <v>0</v>
       </c>
       <c r="J11" s="110">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="12" spans="1:10" s="109" customFormat="1" ht="85.5" customHeight="1">
-      <c r="A12" s="261" t="s">
+    <row r="12" spans="1:10" s="109" customFormat="1" ht="85.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="269" t="s">
         <v>117</v>
       </c>
-      <c r="B12" s="262"/>
+      <c r="B12" s="270"/>
       <c r="C12" s="151"/>
       <c r="D12" s="152">
         <f>'Relación de gastos'!M31</f>
         <v>0</v>
       </c>
       <c r="E12" s="110">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="F12" s="271" t="s">
         <v>113</v>
       </c>
       <c r="G12" s="271"/>
       <c r="H12" s="151"/>
       <c r="I12" s="152">
         <f>'Relación de ingresos'!F27</f>
         <v>0</v>
       </c>
       <c r="J12" s="110">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="13" spans="1:10" s="109" customFormat="1" ht="33.75" customHeight="1">
-      <c r="A13" s="261" t="s">
+    <row r="13" spans="1:10" s="109" customFormat="1" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="269" t="s">
         <v>79</v>
       </c>
-      <c r="B13" s="262"/>
+      <c r="B13" s="270"/>
       <c r="C13" s="151"/>
       <c r="D13" s="152">
         <f>'Relación de gastos'!M36</f>
         <v>0</v>
       </c>
       <c r="E13" s="110">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="F13" s="271" t="s">
         <v>81</v>
       </c>
       <c r="G13" s="271"/>
       <c r="H13" s="151"/>
       <c r="I13" s="152">
         <f>'Relación de ingresos'!F30</f>
         <v>0</v>
       </c>
-      <c r="J13" s="152">
+      <c r="J13" s="153">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="14" spans="1:10" s="109" customFormat="1" ht="66.75" customHeight="1">
-      <c r="A14" s="261" t="s">
+    <row r="14" spans="1:10" s="109" customFormat="1" ht="66.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="269" t="s">
         <v>118</v>
       </c>
-      <c r="B14" s="262"/>
+      <c r="B14" s="270"/>
       <c r="C14" s="151"/>
       <c r="D14" s="152">
         <f>'Relación de gastos'!M41</f>
         <v>0</v>
       </c>
       <c r="E14" s="110">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F14" s="291" t="s">
+      <c r="F14" s="278" t="s">
         <v>114</v>
       </c>
-      <c r="G14" s="292"/>
+      <c r="G14" s="279"/>
       <c r="H14" s="151"/>
       <c r="I14" s="152">
         <f>'Relación de ingresos'!F35</f>
         <v>0</v>
       </c>
-      <c r="J14" s="152">
+      <c r="J14" s="153">
         <f t="shared" ref="J14" si="2">I14-H14</f>
         <v>0</v>
       </c>
     </row>
-    <row r="15" spans="1:10" s="109" customFormat="1" ht="33" customHeight="1">
-      <c r="A15" s="261" t="s">
+    <row r="15" spans="1:10" s="109" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="269" t="s">
         <v>78</v>
       </c>
-      <c r="B15" s="262"/>
+      <c r="B15" s="270"/>
       <c r="C15" s="151"/>
       <c r="D15" s="152">
         <f>'Relación de gastos'!M50</f>
         <v>0</v>
       </c>
       <c r="E15" s="110">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F15" s="295" t="s">
+      <c r="F15" s="282" t="s">
         <v>61</v>
       </c>
-      <c r="G15" s="290"/>
+      <c r="G15" s="277"/>
       <c r="H15" s="110">
         <f>SUM(H9:H14)</f>
         <v>0</v>
       </c>
       <c r="I15" s="110">
         <f>SUM(I9:I14)</f>
         <v>0</v>
       </c>
       <c r="J15" s="110">
         <f>SUM(J9:J14)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="16" spans="1:10" s="109" customFormat="1" ht="57" customHeight="1" thickBot="1">
-      <c r="A16" s="261" t="s">
+    <row r="16" spans="1:10" s="109" customFormat="1" ht="57" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="269" t="s">
         <v>119</v>
       </c>
-      <c r="B16" s="262"/>
+      <c r="B16" s="270"/>
       <c r="C16" s="151"/>
       <c r="D16" s="152">
         <f>'Relación de gastos'!M55</f>
         <v>0</v>
       </c>
       <c r="E16" s="110">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F16" s="293" t="s">
+      <c r="F16" s="280" t="s">
         <v>74</v>
       </c>
-      <c r="G16" s="293"/>
-[...5 lines deleted...]
-      <c r="A17" s="261" t="s">
+      <c r="G16" s="280"/>
+      <c r="H16" s="280"/>
+      <c r="I16" s="280"/>
+      <c r="J16" s="281"/>
+    </row>
+    <row r="17" spans="1:10" s="109" customFormat="1" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="269" t="s">
         <v>77</v>
       </c>
-      <c r="B17" s="262"/>
+      <c r="B17" s="270"/>
       <c r="C17" s="151"/>
       <c r="D17" s="152">
         <f>'Relación de gastos'!M60</f>
         <v>0</v>
       </c>
       <c r="E17" s="110">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F17" s="285">
+      <c r="F17" s="272">
         <f>I15-D18</f>
         <v>0</v>
       </c>
-      <c r="G17" s="285"/>
-[...5 lines deleted...]
-      <c r="A18" s="290" t="s">
+      <c r="G17" s="272"/>
+      <c r="H17" s="272"/>
+      <c r="I17" s="272"/>
+      <c r="J17" s="273"/>
+    </row>
+    <row r="18" spans="1:10" s="109" customFormat="1" ht="20.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="277" t="s">
         <v>51</v>
       </c>
-      <c r="B18" s="290"/>
+      <c r="B18" s="277"/>
       <c r="C18" s="149">
         <f>SUM(C9:C17)</f>
         <v>0</v>
       </c>
       <c r="D18" s="149">
         <f>SUM(D9:D17)</f>
         <v>0</v>
       </c>
       <c r="E18" s="150">
         <f>SUM(E9:E17)</f>
         <v>0</v>
       </c>
-      <c r="F18" s="287"/>
-[...5 lines deleted...]
-    <row r="19" spans="1:10" s="109" customFormat="1" ht="16.5" customHeight="1">
+      <c r="F18" s="274"/>
+      <c r="G18" s="275"/>
+      <c r="H18" s="275"/>
+      <c r="I18" s="275"/>
+      <c r="J18" s="276"/>
+    </row>
+    <row r="19" spans="1:10" s="109" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="111"/>
       <c r="B19" s="111"/>
       <c r="C19" s="111"/>
       <c r="D19" s="111"/>
       <c r="E19" s="111"/>
       <c r="F19" s="111"/>
       <c r="G19" s="111"/>
       <c r="H19" s="112"/>
       <c r="I19" s="112"/>
       <c r="J19" s="112"/>
     </row>
-    <row r="20" spans="1:10" s="109" customFormat="1" ht="29.25" customHeight="1">
+    <row r="20" spans="1:10" s="109" customFormat="1" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="92"/>
       <c r="B20" s="113" t="s">
         <v>101</v>
       </c>
       <c r="C20" s="114"/>
       <c r="D20" s="115"/>
       <c r="E20" s="115"/>
       <c r="F20" s="115"/>
       <c r="G20" s="115"/>
       <c r="H20" s="115"/>
       <c r="I20" s="115"/>
       <c r="J20" s="115"/>
     </row>
-    <row r="21" spans="1:10" s="109" customFormat="1" ht="22.5" customHeight="1">
+    <row r="21" spans="1:10" s="109" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="116"/>
       <c r="B21" s="117"/>
-      <c r="C21" s="299" t="s">
+      <c r="C21" s="265" t="s">
         <v>102</v>
       </c>
-      <c r="D21" s="299"/>
+      <c r="D21" s="265"/>
       <c r="E21" s="117"/>
-      <c r="F21" s="299" t="s">
+      <c r="F21" s="265" t="s">
         <v>103</v>
       </c>
-      <c r="G21" s="299"/>
+      <c r="G21" s="265"/>
       <c r="H21" s="118"/>
       <c r="I21" s="119"/>
       <c r="J21" s="119"/>
     </row>
-    <row r="22" spans="1:10" s="109" customFormat="1" ht="26.25" customHeight="1">
+    <row r="22" spans="1:10" s="109" customFormat="1" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="116"/>
       <c r="B22" s="117"/>
-      <c r="C22" s="300"/>
-[...2 lines deleted...]
-      <c r="G22" s="300"/>
+      <c r="C22" s="266"/>
+      <c r="D22" s="266"/>
+      <c r="F22" s="266"/>
+      <c r="G22" s="266"/>
       <c r="H22" s="120"/>
       <c r="I22" s="119"/>
       <c r="J22" s="119"/>
     </row>
-    <row r="23" spans="1:10" s="109" customFormat="1" ht="19.5" customHeight="1">
+    <row r="23" spans="1:10" s="109" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="116"/>
       <c r="B23" s="117"/>
-      <c r="C23" s="300"/>
-[...2 lines deleted...]
-      <c r="G23" s="300"/>
+      <c r="C23" s="266"/>
+      <c r="D23" s="266"/>
+      <c r="F23" s="266"/>
+      <c r="G23" s="266"/>
       <c r="H23" s="55"/>
       <c r="I23" s="119"/>
       <c r="J23" s="119"/>
     </row>
-    <row r="24" spans="1:10" s="109" customFormat="1" ht="25.5" customHeight="1">
+    <row r="24" spans="1:10" s="109" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="111"/>
       <c r="B24" s="113" t="s">
         <v>105</v>
       </c>
-      <c r="C24" s="298"/>
-      <c r="D24" s="298"/>
+      <c r="C24" s="264"/>
+      <c r="D24" s="264"/>
       <c r="F24" s="113" t="s">
         <v>104</v>
       </c>
       <c r="G24" s="49"/>
       <c r="H24" s="55"/>
       <c r="I24" s="112"/>
       <c r="J24" s="112"/>
     </row>
-    <row r="25" spans="1:10" s="109" customFormat="1" ht="26.25" customHeight="1">
-      <c r="A25" s="301" t="s">
+    <row r="25" spans="1:10" s="109" customFormat="1" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="267" t="s">
         <v>75</v>
       </c>
-      <c r="B25" s="302"/>
-[...10 lines deleted...]
-      <c r="A26" s="296" t="s">
+      <c r="B25" s="268"/>
+      <c r="C25" s="268"/>
+      <c r="D25" s="268"/>
+      <c r="E25" s="268"/>
+      <c r="F25" s="268"/>
+      <c r="G25" s="268"/>
+      <c r="H25" s="268"/>
+      <c r="I25" s="268"/>
+      <c r="J25" s="268"/>
+    </row>
+    <row r="26" spans="1:10" s="109" customFormat="1" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="262" t="s">
         <v>76</v>
       </c>
-      <c r="B26" s="297"/>
-[...9 lines deleted...]
-    <row r="27" spans="1:10" s="109" customFormat="1" ht="19.5" customHeight="1">
+      <c r="B26" s="263"/>
+      <c r="C26" s="263"/>
+      <c r="D26" s="263"/>
+      <c r="E26" s="263"/>
+      <c r="F26" s="263"/>
+      <c r="G26" s="263"/>
+      <c r="H26" s="263"/>
+      <c r="I26" s="263"/>
+      <c r="J26" s="263"/>
+    </row>
+    <row r="27" spans="1:10" s="109" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="116"/>
       <c r="B27" s="117"/>
       <c r="C27" s="117"/>
       <c r="D27" s="94"/>
       <c r="E27" s="92"/>
       <c r="F27" s="92"/>
       <c r="G27" s="55"/>
       <c r="H27" s="119"/>
       <c r="I27" s="119"/>
       <c r="J27" s="119"/>
     </row>
-    <row r="28" spans="1:10" s="109" customFormat="1" ht="18" customHeight="1">
+    <row r="28" spans="1:10" s="109" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="116"/>
       <c r="B28" s="117"/>
       <c r="C28" s="117"/>
       <c r="D28" s="117"/>
       <c r="E28" s="117"/>
       <c r="F28" s="117"/>
       <c r="G28" s="117"/>
       <c r="H28" s="119"/>
       <c r="I28" s="119"/>
       <c r="J28" s="119"/>
     </row>
-    <row r="29" spans="1:10" s="109" customFormat="1" ht="19.5" customHeight="1">
+    <row r="29" spans="1:10" s="109" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="111"/>
       <c r="B29" s="111"/>
       <c r="C29" s="111"/>
       <c r="D29" s="111"/>
       <c r="E29" s="111"/>
       <c r="F29" s="111"/>
       <c r="G29" s="111"/>
       <c r="H29" s="112"/>
       <c r="I29" s="112"/>
       <c r="J29" s="112"/>
     </row>
-    <row r="30" spans="1:10" s="109" customFormat="1" ht="28.5" customHeight="1">
+    <row r="30" spans="1:10" s="109" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="121"/>
       <c r="B30" s="121"/>
       <c r="C30" s="121"/>
       <c r="D30" s="121"/>
       <c r="E30" s="121"/>
       <c r="F30" s="121"/>
       <c r="G30" s="121"/>
       <c r="H30" s="122"/>
       <c r="I30" s="122"/>
       <c r="J30" s="123"/>
     </row>
-    <row r="31" spans="1:10" s="109" customFormat="1">
+    <row r="31" spans="1:10" s="109" customFormat="1" x14ac:dyDescent="0.25">
       <c r="E31" s="124"/>
       <c r="F31" s="125"/>
       <c r="G31" s="125"/>
       <c r="H31" s="125"/>
       <c r="I31" s="125"/>
       <c r="J31" s="125"/>
     </row>
-    <row r="32" spans="1:10" s="109" customFormat="1">
+    <row r="32" spans="1:10" s="109" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A32" s="124"/>
       <c r="B32" s="124"/>
       <c r="C32" s="124"/>
       <c r="D32" s="124"/>
       <c r="F32" s="126"/>
       <c r="G32" s="126"/>
       <c r="H32" s="126"/>
       <c r="I32" s="126"/>
       <c r="J32" s="126"/>
     </row>
-    <row r="33" spans="2:10" ht="39" customHeight="1">
+    <row r="33" spans="2:10" ht="39" customHeight="1" x14ac:dyDescent="0.25">
       <c r="H33" s="55"/>
       <c r="I33" s="55"/>
       <c r="J33" s="55"/>
     </row>
-    <row r="34" spans="2:10" ht="31.5" customHeight="1">
+    <row r="34" spans="2:10" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="H34" s="55"/>
       <c r="I34" s="55"/>
       <c r="J34" s="55"/>
     </row>
-    <row r="35" spans="2:10">
+    <row r="35" spans="2:10" x14ac:dyDescent="0.25">
       <c r="H35" s="55"/>
       <c r="I35" s="55"/>
       <c r="J35" s="55"/>
     </row>
-    <row r="36" spans="2:10">
+    <row r="36" spans="2:10" x14ac:dyDescent="0.25">
       <c r="H36" s="55"/>
       <c r="I36" s="55"/>
       <c r="J36" s="55"/>
     </row>
-    <row r="37" spans="2:10" ht="35.25" customHeight="1">
+    <row r="37" spans="2:10" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="H37" s="55"/>
       <c r="I37" s="55"/>
       <c r="J37" s="55"/>
     </row>
-    <row r="38" spans="2:10">
+    <row r="38" spans="2:10" x14ac:dyDescent="0.25">
       <c r="B38" s="94"/>
       <c r="C38" s="94"/>
       <c r="H38" s="55"/>
       <c r="I38" s="55"/>
       <c r="J38" s="55"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="5A540A6PeqGtJ6zS7gAL4YV3AIc1al7jsJqRYooG1hhNlR7BaaRrtc3nONT98j4t0CReOhcT4Ka0G32//J8BHw==" saltValue="02kkl4klHbqNuCKQLvZOYA==" spinCount="100000" sheet="1" insertRows="0" selectLockedCells="1"/>
+  <sheetProtection insertRows="0" selectLockedCells="1"/>
   <mergeCells count="37">
-    <mergeCell ref="A26:J26"/>
-[...5 lines deleted...]
-    <mergeCell ref="A25:J25"/>
+    <mergeCell ref="A10:B10"/>
+    <mergeCell ref="A8:B8"/>
+    <mergeCell ref="F8:G8"/>
+    <mergeCell ref="A5:B5"/>
+    <mergeCell ref="A6:B6"/>
+    <mergeCell ref="A9:B9"/>
+    <mergeCell ref="F9:G9"/>
+    <mergeCell ref="F10:G10"/>
+    <mergeCell ref="F1:J1"/>
+    <mergeCell ref="A4:B4"/>
+    <mergeCell ref="A7:E7"/>
+    <mergeCell ref="F7:J7"/>
+    <mergeCell ref="H4:I4"/>
+    <mergeCell ref="H6:I6"/>
+    <mergeCell ref="A2:J3"/>
     <mergeCell ref="A11:B11"/>
     <mergeCell ref="F11:G11"/>
     <mergeCell ref="A17:B17"/>
     <mergeCell ref="F17:J18"/>
     <mergeCell ref="A18:B18"/>
     <mergeCell ref="A12:B12"/>
     <mergeCell ref="F12:G12"/>
     <mergeCell ref="A13:B13"/>
     <mergeCell ref="F13:G13"/>
     <mergeCell ref="A14:B14"/>
     <mergeCell ref="F14:G14"/>
     <mergeCell ref="A15:B15"/>
     <mergeCell ref="A16:B16"/>
     <mergeCell ref="F16:J16"/>
     <mergeCell ref="F15:G15"/>
-    <mergeCell ref="F1:J1"/>
-[...13 lines deleted...]
-    <mergeCell ref="F10:G10"/>
+    <mergeCell ref="A26:J26"/>
+    <mergeCell ref="C24:D24"/>
+    <mergeCell ref="C21:D21"/>
+    <mergeCell ref="C22:D23"/>
+    <mergeCell ref="F22:G23"/>
+    <mergeCell ref="F21:G21"/>
+    <mergeCell ref="A25:J25"/>
   </mergeCells>
   <conditionalFormatting sqref="F17:J18">
     <cfRule type="cellIs" dxfId="0" priority="1" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="2">
-    <dataValidation type="decimal" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Import superior a la factura" error="L'import introduït es superior a l'import de la factura_x000a_" sqref="H18:J18 H28:J28 I23:J23" xr:uid="{00000000-0002-0000-0200-000000000000}">
+    <dataValidation type="decimal" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Import superior a la factura" error="L'import introduït es superior a l'import de la factura_x000a_" sqref="H18:J18 H28:J28 I23:J23">
       <formula1>#REF!</formula1>
     </dataValidation>
-    <dataValidation type="decimal" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Import superior a la factura" error="L'import introduït es superior a l'import de la factura_x000a_" sqref="H27:J27 H17:J17 I22:J22" xr:uid="{00000000-0002-0000-0200-000001000000}">
+    <dataValidation type="decimal" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Import superior a la factura" error="L'import introduït es superior a l'import de la factura_x000a_" sqref="H27:J27 H17:J17 I22:J22">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.15748031496062992" right="0.15748031496062992" top="0.15748031496062992" bottom="0.35433070866141736" header="0" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="59" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
+    <sheetView workbookViewId="0">
       <selection activeCell="P14" sqref="P14"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="15"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData/>
-  <sheetProtection algorithmName="SHA-512" hashValue="8v+u/Z8pTTLVD9lymzPc5L5BLVfiGl4/3t7qNZcvE19xObKdCVlLr2/7KyQgnhscLb6G0vMPtdLbU4wMXnjQ/w==" saltValue="0KDJ6iqvKn1V9zSvAYDjzw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <pageMargins left="0.31496062992125984" right="0.31496062992125984" top="0.55118110236220474" bottom="0.55118110236220474" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Macintosh Excel</Application>
+  <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Rangos con nombre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="7" baseType="lpstr">
       <vt:lpstr>Relación de gastos</vt:lpstr>
       <vt:lpstr>Relación de ingresos</vt:lpstr>
       <vt:lpstr>BALANCE</vt:lpstr>
       <vt:lpstr>PD</vt:lpstr>
       <vt:lpstr>BALANCE!Área_de_impresión</vt:lpstr>
@@ -8768,35 +8705,35 @@
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Ana Maria Huelamo Palacios</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="DISdDocName">
     <vt:lpwstr>DOCUMENT_1_20190001061034</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="DISProperties">
     <vt:lpwstr>DISdDocName,DIScgiUrl,DISdUser,DISdID,DISidcName,DISTaskPaneUrl</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="DIScgiUrl">
     <vt:lpwstr>http://sucm1.aytoval.es:8081/cs/idcplg</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="DISdUser">
     <vt:lpwstr>appsede</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="DISdID">
-    <vt:lpwstr>8259637</vt:lpwstr>
+    <vt:lpwstr>9507049</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="DISidcName">
     <vt:lpwstr>sucm1</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="DISTaskPaneUrl">
-    <vt:lpwstr>http://sucm1.aytoval.es:8081/cs/idcplg?IdcService=DESKTOP_DOC_INFO&amp;dDocName=DOCUMENT_1_20190001061034&amp;dID=8259637&amp;ClientControlled=DocMan,taskpane&amp;coreContentOnly=1</vt:lpwstr>
+    <vt:lpwstr>http://sucm1.aytoval.es:8081/cs/idcplg?IdcService=DESKTOP_DOC_INFO&amp;dDocName=DOCUMENT_1_20190001061034&amp;dID=9507049&amp;ClientControlled=DocMan,taskpane&amp;coreContentOnly=1</vt:lpwstr>
   </property>
 </Properties>
 </file>